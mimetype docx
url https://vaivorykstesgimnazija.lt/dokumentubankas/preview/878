--- v0 (2025-10-09)
+++ v1 (2025-12-14)
@@ -1,106 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="1D2E5A0D" w14:textId="5C9B9493" w:rsidR="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>KLAIPĖDOS RAJONO SAVIVALDYBĖS ĮSTAIGŲ, TEIKIANČIŲ PAGALBĄ SAVIŽUDYBĖS KRIZĘ IŠGYVENANTIEMS ASMENIMS, SĄRAŠAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579FB221" w14:textId="77777777" w:rsidR="00422C3F" w:rsidRPr="00B2199D" w:rsidRDefault="00422C3F" w:rsidP="00B2199D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="164158A7" w14:textId="4F6B870D" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+    <w:p w14:paraId="164158A7" w14:textId="4F6B870D" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kai asmuo išgyvena savižudybės krizę (ketina žudytis ir/ar tyčia save žalojasi):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F2AD6C" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+    <w:p w14:paraId="63F2AD6C" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1. Pagalba gydymosi įstaigose visą parą:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9986" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -401,108 +403,144 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2. VšĮ Klaipėdos universitetinė ligoninė (suaugusiems asmenims)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2238" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ED0ADA0" w14:textId="6D4E99A6" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...17 lines deleted...]
-              <w:t>(8 46) 396</w:t>
+          <w:p w14:paraId="5ED0ADA0" w14:textId="6A4AA52B" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007220F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 46) 396</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>600</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06A1B73C" w14:textId="2BF39EF9" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...17 lines deleted...]
-              <w:t>(8 46) 396</w:t>
+          <w:p w14:paraId="06A1B73C" w14:textId="7D6C8178" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007220F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 46) 396</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
@@ -599,132 +637,168 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vaikų psichiatrijos skyrius (vaikams)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2238" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37CAFF50" w14:textId="51287816" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...17 lines deleted...]
-              <w:t>(8 46) 397</w:t>
+          <w:p w14:paraId="37CAFF50" w14:textId="645BED93" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007220F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 46) 397</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>784</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AC6F2D5" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A3486E0" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01B16E38" w14:textId="07FDDECD" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...17 lines deleted...]
-              <w:t>(8 46) 404</w:t>
+          <w:p w14:paraId="01B16E38" w14:textId="23C371E0" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007220F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 46) 404</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
@@ -775,53 +849,54 @@
           </w:p>
           <w:p w14:paraId="749D474D" w14:textId="7C271FCE" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Bokštų g. 6, Klaipėda</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66548AC2" w14:textId="43034AFC" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+    <w:p w14:paraId="66548AC2" w14:textId="43034AFC" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t> 2. Pagalba dienos metu įstaigos darbo laiku:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -1002,69 +1077,87 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1. VšĮ Klaipėdos rajono savivaldybės Gargždų pirminės sveikatos priežiūros centro Psichikos sveikatos centras (suaugusiems, vaikams)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78E643FD" w14:textId="594137F0" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...17 lines deleted...]
-              <w:t> (8 46) 452</w:t>
+          <w:p w14:paraId="78E643FD" w14:textId="099E2B38" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> (</w:t>
+            </w:r>
+            <w:r w:rsidR="007220F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 46) 452</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2648" w:type="dxa"/>
             <w:tcBorders>
@@ -1220,53 +1313,54 @@
           </w:tcPr>
           <w:p w14:paraId="5F18D53C" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ED1BEB8" w14:textId="0DF57470" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00422C3F">
+    <w:p w14:paraId="7ED1BEB8" w14:textId="0DF57470" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kai yra tik mintys dėl savižudybės, artimieji gali:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8E8244" w14:textId="2112783E" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1519,101 +1613,110 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Jaunimo   linija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DC5EF5B" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...17 lines deleted...]
-              <w:t>8 800 28888</w:t>
+          <w:p w14:paraId="4DC5EF5B" w14:textId="7E3964E9" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> 800 28888</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3924" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D7C5272" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+          <w:p w14:paraId="3D7C5272" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00B2199D">
+              <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>www.jaunimolinija.lt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422C3F" w:rsidRPr="00B2199D" w14:paraId="51213AF5" w14:textId="77777777" w:rsidTr="00422C3F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1716,63 +1819,63 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>(visą parą)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3924" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6607B7C0" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+          <w:p w14:paraId="6607B7C0" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00B2199D">
+              <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>www.viltieslinija.lt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422C3F" w:rsidRPr="00B2199D" w14:paraId="13919027" w14:textId="77777777" w:rsidTr="00422C3F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1875,83 +1978,83 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>(nuo 11 iki 23 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3924" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="622DD6AD" w14:textId="031B03B9" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+          <w:p w14:paraId="622DD6AD" w14:textId="031B03B9" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00B2199D">
+              <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>www.vaikulinija.lt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00422C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B2199D">
+            <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>(nuo 18 iki 21 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422C3F" w:rsidRPr="00B2199D" w14:paraId="0AA529EC" w14:textId="77777777" w:rsidTr="00422C3F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
@@ -2040,53 +2143,54 @@
           </w:tcPr>
           <w:p w14:paraId="7D5A420F" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D45E892" w14:textId="17950FFD" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+    <w:p w14:paraId="7D45E892" w14:textId="17950FFD" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="007220F0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Pagalbą nusižudžiusiųjų artimiesiems teikia asociacija „Artimiesiems“. Rašykite el. paštu laukiam@artimiesiems.lt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B86BC2" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2121,51 +2225,62 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1. Sveikatos apsaugos ministro 2018 m. liepos 26 d. įsakymas Nr. V-859 „Dėl pagalbos savižudybės grėsmę patiriantiems, savižudybės krizę išgyvenantiems asmenims teikimo tvarkos aprašo patvirtinimo“.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2635D4" w14:textId="62459EBD" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>2. Sveikatos apsaugos ministro 2018 m. liepos 26 d. įsakymas Nr. V-856 „Dėl savižudybės krizę išgyvenančių asmenų psichosocialinio vertinimo tvarkos aprašo patvirtinimo“. </w:t>
+        <w:t>2. Sveikatos apsaugos ministro 2018 m. liepos 26 d. įsakymas Nr. V-856 „Dėl savižudybės krizę išgyvenančių asmenų psichosocialinio vertin</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B2199D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>imo tvarkos aprašo patvirtinimo“. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="1985"/>
@@ -2331,78 +2446,78 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Klaipėdos rajono Paramos šeimai centras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="357E68B0" w14:textId="2329A1D7" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="357E68B0" w14:textId="19A80B38" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007220F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>46) 471</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
@@ -2490,205 +2605,215 @@
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="252E54ED" w14:textId="1E643E5B" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Gargždų socialinių paslaugų centras</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D7CD592" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+          <w:p w14:paraId="7D7CD592" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00B2199D">
+              <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>www.gargzdupsc.lt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E5DE26D" w14:textId="74CFAAC0" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+          <w:p w14:paraId="3E5DE26D" w14:textId="7ED35680" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>(8</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007220F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>46) 470</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>202,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32C453B4" w14:textId="5CB84AB2" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B2199D">
+          <w:p w14:paraId="32C453B4" w14:textId="7E250912" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B2199D">
+            <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>686</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B2199D">
+            <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>33702</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2932" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
@@ -2755,60 +2880,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Seniūnijos</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BDBFFE1" w14:textId="3A9E1B48" w:rsidR="00B2199D" w:rsidRPr="00422C3F" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00422C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>(kreiptis pagal deklaruotos gyvenamosios vietos   seniūniją)</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">(kreiptis pagal deklaruotos gyvenamosios vietos   seniūniją) </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00422C3F">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://klaipedos-r.lt/go.php/66666666191151#</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
@@ -2898,139 +3014,139 @@
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="799811BA" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00422C3F" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00422C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Klaipėdos apskrities Vaiko teisių apsaugos skyrius Klaipėdos rajone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59ED15D6" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00422C3F" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+          <w:p w14:paraId="59ED15D6" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00422C3F" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00422C3F">
+              <w:r w:rsidR="00B2199D" w:rsidRPr="00422C3F">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://vaikoteises.lt/struktura-ir-kontaktai/kontaktai/teritoriniai-skyriai/216</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="776BA9F3" w14:textId="0A21CDB4" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="776BA9F3" w14:textId="5F6395F0" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2199D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B2199D">
+            <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>610</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B2199D">
+            <w:r w:rsidR="00B2199D" w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>81206</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7863CF1A" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2199D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3245,63 +3361,63 @@
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="296D6DAE" w14:textId="2E72244F" w:rsidR="00B2199D" w:rsidRPr="00422C3F" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00422C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Klaipėdos apskrities Vyriausiojo policijos komisariato   Klaipėdos rajono policijos komisariatas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="661585C0" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00422C3F" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
+          <w:p w14:paraId="661585C0" w14:textId="77777777" w:rsidR="00B2199D" w:rsidRPr="00422C3F" w:rsidRDefault="007220F0" w:rsidP="00B2199D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00422C3F">
+              <w:r w:rsidR="00B2199D" w:rsidRPr="00422C3F">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://klaipeda.policija.lrv.lt/lt/apskrities-komisariatai/klaipedos-raj-pk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF3FA"/>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
@@ -3522,110 +3638,116 @@
         </w:rPr>
         <w:t>Socialinės paramos mokiniams (nemokamo mokinių maitinimo ir paramos mokinio reikmenims įsigyti) klausimais kreiptis į deklaruotos gyvenamosios vietos seniūniją.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72EC8958" w14:textId="77B9D01F" w:rsidR="00B2199D" w:rsidRPr="00B2199D" w:rsidRDefault="00B2199D" w:rsidP="00B2199D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2199D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Nemokamo maitinimo gimnazijoje klausimais kreiptis į socialinę pedagogę Rositą Jankauskaitę. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696E2B13" w14:textId="77777777" w:rsidR="00C8396D" w:rsidRDefault="00C8396D"/>
-    <w:sectPr w:rsidR="00C8396D">
+    <w:p w14:paraId="696E2B13" w14:textId="77777777" w:rsidR="00C8396D" w:rsidRPr="007220F0" w:rsidRDefault="00C8396D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C8396D" w:rsidRPr="007220F0" w:rsidSect="007220F0">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="567" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DDE1316"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E16ECD1A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3702,118 +3824,119 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00767C29"/>
     <w:rsid w:val="00422C3F"/>
+    <w:rsid w:val="007220F0"/>
     <w:rsid w:val="00767C29"/>
     <w:rsid w:val="00B2199D"/>
     <w:rsid w:val="00C8396D"/>
+    <w:rsid w:val="00C91902"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="160D261D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B313D1F7-0B90-41BC-8CE4-2D21D16BFF06}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4141,55 +4264,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -4220,51 +4338,51 @@
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B2199D"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B2199D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1296450035">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gargzdupsc.lt/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vaikulinija.lt/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.viltieslinija.lt/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://klaipeda.policija.lrv.lt/lt/apskrities-komisariatai/klaipedos-raj-pk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jaunimolinija.lt/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vaikoteises.lt/struktura-ir-kontaktai/kontaktai/teritoriniai-skyriai/216" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://klaipedos-r.lt/go.php/66666666191151" TargetMode="External"/></Relationships>
 </file>
 
@@ -4511,51 +4629,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>2397</Words>
   <Characters>1367</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3757</CharactersWithSpaces>