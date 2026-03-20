--- v0 (2025-10-01)
+++ v1 (2026-03-20)
@@ -1,32 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
@@ -35,533 +35,592 @@
   <Override PartName="/xl/ctrlProps/ctrlProp21.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp22.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp23.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp24.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp25.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp26.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp27.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp28.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp29.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp30.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp31.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp32.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp33.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp34.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp35.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp36.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp37.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp38.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp39.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp40.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp41.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp42.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp43.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp44.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp45.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp46.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp47.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp48.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="Šios_darbaknygės" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vartotojas\Desktop\azzz\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\b.dotiene\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F35BBE10-988E-4A46-B3BB-FF49CDEE5A0E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11685" tabRatio="595"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Planas" sheetId="1" r:id="rId1"/>
     <sheet name="Pamokos" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Planas!$A$1:$K$86</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Planas!$A$1:$K$90</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BC3" i="2" l="1"/>
-[...3 lines deleted...]
-  <c r="M13" i="1"/>
+  <c r="AG3" i="2" l="1"/>
+  <c r="AF3" i="2"/>
+  <c r="AE3" i="2"/>
+  <c r="AD3" i="2"/>
+  <c r="AC3" i="2"/>
+  <c r="AB3" i="2"/>
+  <c r="AA3" i="2"/>
+  <c r="Z3" i="2"/>
+  <c r="Y3" i="2"/>
+  <c r="X3" i="2"/>
+  <c r="W3" i="2"/>
+  <c r="V3" i="2"/>
+  <c r="U3" i="2"/>
+  <c r="T3" i="2"/>
+  <c r="R3" i="2"/>
+  <c r="Q3" i="2"/>
+  <c r="P3" i="2"/>
+  <c r="K4" i="2"/>
+  <c r="K3" i="2"/>
+  <c r="J3" i="2"/>
+  <c r="I3" i="2"/>
+  <c r="AP3" i="2"/>
+  <c r="AO3" i="2"/>
+  <c r="AN3" i="2"/>
+  <c r="AM3" i="2"/>
+  <c r="AL3" i="2"/>
+  <c r="AK3" i="2"/>
+  <c r="AJ3" i="2"/>
+  <c r="AI3" i="2"/>
+  <c r="AH3" i="2"/>
+  <c r="BD4" i="2"/>
+  <c r="BC4" i="2"/>
+  <c r="BB4" i="2"/>
+  <c r="Y71" i="1"/>
+  <c r="I71" i="1" s="1"/>
+  <c r="X71" i="1"/>
+  <c r="H71" i="1" s="1"/>
+  <c r="BA4" i="2" s="1"/>
+  <c r="Y63" i="1"/>
+  <c r="X63" i="1"/>
+  <c r="T63" i="1"/>
+  <c r="Y69" i="1"/>
+  <c r="X69" i="1"/>
+  <c r="H69" i="1" s="1"/>
+  <c r="AY4" i="2" s="1"/>
+  <c r="T69" i="1"/>
+  <c r="AZ4" i="2"/>
+  <c r="AX4" i="2"/>
+  <c r="AW4" i="2"/>
+  <c r="AV4" i="2"/>
+  <c r="AU4" i="2"/>
   <c r="BE3" i="2"/>
-  <c r="T72" i="1"/>
-[...28 lines deleted...]
-  <c r="BD3" i="2" l="1"/>
+  <c r="BD3" i="2"/>
+  <c r="BC3" i="2"/>
   <c r="BB3" i="2"/>
   <c r="BA3" i="2"/>
   <c r="AZ3" i="2"/>
   <c r="AY3" i="2"/>
   <c r="AX3" i="2"/>
   <c r="AW3" i="2"/>
   <c r="AV3" i="2"/>
   <c r="AU3" i="2"/>
   <c r="AT3" i="2"/>
-  <c r="AS3" i="2"/>
-[...31 lines deleted...]
-  <c r="Q63" i="1"/>
   <c r="Q64" i="1"/>
   <c r="Q65" i="1"/>
   <c r="Q66" i="1"/>
   <c r="Q67" i="1"/>
   <c r="Q68" i="1"/>
   <c r="Q69" i="1"/>
+  <c r="Q70" i="1"/>
   <c r="Q71" i="1"/>
+  <c r="Q72" i="1"/>
+  <c r="Q73" i="1"/>
+  <c r="Q74" i="1"/>
+  <c r="Q75" i="1"/>
+  <c r="T64" i="1"/>
+  <c r="Y64" i="1" s="1"/>
+  <c r="I64" i="1" s="1"/>
+  <c r="Q51" i="1"/>
+  <c r="Q52" i="1"/>
+  <c r="Q53" i="1"/>
+  <c r="Q54" i="1"/>
+  <c r="Q55" i="1"/>
+  <c r="Q56" i="1"/>
+  <c r="Q57" i="1"/>
+  <c r="Q58" i="1"/>
+  <c r="Q50" i="1"/>
+  <c r="Q49" i="1"/>
+  <c r="Q48" i="1"/>
+  <c r="B4" i="2"/>
+  <c r="T54" i="1"/>
+  <c r="Y54" i="1" s="1"/>
+  <c r="I54" i="1" s="1"/>
+  <c r="M12" i="1"/>
+  <c r="M13" i="1"/>
+  <c r="Y76" i="1"/>
+  <c r="T42" i="1"/>
+  <c r="Y42" i="1" s="1"/>
+  <c r="I42" i="1" s="1"/>
+  <c r="Q42" i="1"/>
+  <c r="T56" i="1"/>
+  <c r="Y56" i="1" s="1"/>
+  <c r="I56" i="1" s="1"/>
+  <c r="T57" i="1"/>
+  <c r="Y57" i="1" s="1"/>
+  <c r="I57" i="1" s="1"/>
+  <c r="X64" i="1" l="1"/>
+  <c r="H64" i="1" s="1"/>
+  <c r="AT4" i="2" s="1"/>
+  <c r="X54" i="1"/>
+  <c r="H54" i="1" s="1"/>
+  <c r="AO4" i="2" s="1"/>
+  <c r="X76" i="1"/>
+  <c r="X42" i="1"/>
+  <c r="H42" i="1" s="1"/>
+  <c r="AG4" i="2" s="1"/>
+  <c r="X57" i="1"/>
+  <c r="H57" i="1" s="1"/>
+  <c r="AR4" i="2" s="1"/>
+  <c r="X56" i="1"/>
+  <c r="H56" i="1" s="1"/>
+  <c r="AQ4" i="2" s="1"/>
+  <c r="S3" i="2" l="1"/>
+  <c r="L3" i="2"/>
+  <c r="E7" i="1" l="1"/>
+  <c r="B1" i="2" l="1"/>
+  <c r="AS3" i="2" l="1"/>
+  <c r="T55" i="1"/>
+  <c r="I63" i="1"/>
+  <c r="T65" i="1"/>
+  <c r="X65" i="1" s="1"/>
+  <c r="T66" i="1"/>
+  <c r="X66" i="1" s="1"/>
+  <c r="T67" i="1"/>
+  <c r="X67" i="1" s="1"/>
+  <c r="H67" i="1" s="1"/>
+  <c r="T68" i="1"/>
+  <c r="Y68" i="1" s="1"/>
+  <c r="T70" i="1"/>
+  <c r="Y70" i="1" s="1"/>
+  <c r="T71" i="1"/>
+  <c r="T72" i="1"/>
+  <c r="Y72" i="1" s="1"/>
+  <c r="T73" i="1"/>
+  <c r="Y73" i="1" s="1"/>
+  <c r="I73" i="1" s="1"/>
+  <c r="T74" i="1"/>
+  <c r="Y74" i="1" s="1"/>
+  <c r="I74" i="1" s="1"/>
+  <c r="T75" i="1"/>
+  <c r="X75" i="1" s="1"/>
+  <c r="Q63" i="1"/>
   <c r="T48" i="1"/>
-  <c r="Y48" i="1" s="1"/>
-  <c r="I48" i="1" s="1"/>
+  <c r="X48" i="1" s="1"/>
+  <c r="H48" i="1" s="1"/>
+  <c r="AI4" i="2" s="1"/>
   <c r="T49" i="1"/>
   <c r="Y49" i="1" s="1"/>
   <c r="I49" i="1" s="1"/>
   <c r="T50" i="1"/>
   <c r="Y50" i="1" s="1"/>
   <c r="I50" i="1" s="1"/>
   <c r="T51" i="1"/>
   <c r="Y51" i="1" s="1"/>
-  <c r="Q48" i="1"/>
-[...2 lines deleted...]
-  <c r="Q51" i="1"/>
+  <c r="I51" i="1" s="1"/>
+  <c r="T52" i="1"/>
+  <c r="Y52" i="1" s="1"/>
+  <c r="I52" i="1" s="1"/>
+  <c r="T53" i="1"/>
+  <c r="Y53" i="1" s="1"/>
   <c r="T41" i="1"/>
   <c r="Q41" i="1"/>
   <c r="T33" i="1"/>
   <c r="Y33" i="1" s="1"/>
   <c r="I33" i="1" s="1"/>
   <c r="Q33" i="1"/>
   <c r="T29" i="1"/>
   <c r="X29" i="1" s="1"/>
   <c r="H29" i="1" s="1"/>
   <c r="T4" i="2" s="1"/>
   <c r="Q29" i="1"/>
-  <c r="Y52" i="1" l="1"/>
-  <c r="I52" i="1" s="1"/>
+  <c r="Y55" i="1" l="1"/>
+  <c r="X55" i="1"/>
+  <c r="I55" i="1"/>
+  <c r="X68" i="1"/>
+  <c r="H63" i="1"/>
+  <c r="X74" i="1"/>
+  <c r="H74" i="1" s="1"/>
+  <c r="X73" i="1"/>
+  <c r="H73" i="1" s="1"/>
+  <c r="X70" i="1"/>
+  <c r="Y75" i="1"/>
+  <c r="X72" i="1"/>
+  <c r="Y67" i="1"/>
+  <c r="I67" i="1" s="1"/>
+  <c r="Y66" i="1"/>
+  <c r="Y65" i="1"/>
+  <c r="X53" i="1"/>
+  <c r="Y48" i="1"/>
+  <c r="I48" i="1" s="1"/>
   <c r="X52" i="1"/>
-  <c r="X64" i="1"/>
-[...14 lines deleted...]
-  <c r="Y61" i="1"/>
+  <c r="H52" i="1" s="1"/>
+  <c r="AM4" i="2" s="1"/>
   <c r="X51" i="1"/>
+  <c r="H51" i="1" s="1"/>
+  <c r="AL4" i="2" s="1"/>
   <c r="X50" i="1"/>
   <c r="H50" i="1" s="1"/>
-  <c r="AM4" i="2" s="1"/>
+  <c r="AK4" i="2" s="1"/>
   <c r="X49" i="1"/>
   <c r="H49" i="1" s="1"/>
-  <c r="AL4" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="H48" i="1" s="1"/>
   <c r="AJ4" i="2" s="1"/>
   <c r="Y41" i="1"/>
   <c r="X41" i="1"/>
   <c r="X33" i="1"/>
   <c r="H33" i="1" s="1"/>
   <c r="X4" i="2" s="1"/>
   <c r="Y29" i="1"/>
   <c r="I29" i="1" s="1"/>
   <c r="Y46" i="1"/>
   <c r="X46" i="1"/>
   <c r="Y45" i="1"/>
   <c r="X45" i="1"/>
   <c r="BF4" i="2"/>
   <c r="D4" i="2"/>
   <c r="C4" i="2"/>
-  <c r="T59" i="1"/>
+  <c r="T62" i="1"/>
   <c r="Q28" i="1"/>
   <c r="Q21" i="1"/>
   <c r="Q22" i="1"/>
   <c r="Q23" i="1"/>
   <c r="Q24" i="1"/>
   <c r="Q47" i="1"/>
   <c r="X44" i="1"/>
   <c r="Y44" i="1"/>
   <c r="T47" i="1"/>
-  <c r="I51" i="1"/>
-[...3 lines deleted...]
-  <c r="Y57" i="1"/>
+  <c r="I53" i="1"/>
   <c r="X58" i="1"/>
   <c r="Y58" i="1"/>
-  <c r="Q59" i="1"/>
+  <c r="X60" i="1"/>
+  <c r="Y60" i="1"/>
+  <c r="X61" i="1"/>
+  <c r="Y61" i="1"/>
+  <c r="Q62" i="1"/>
   <c r="X15" i="1"/>
   <c r="Y15" i="1"/>
   <c r="X16" i="1"/>
   <c r="Y17" i="1"/>
   <c r="X17" i="1"/>
   <c r="X18" i="1"/>
   <c r="Y18" i="1"/>
   <c r="T19" i="1"/>
   <c r="T20" i="1"/>
   <c r="T21" i="1"/>
   <c r="T22" i="1"/>
   <c r="T23" i="1"/>
   <c r="T24" i="1"/>
   <c r="T25" i="1"/>
   <c r="Y25" i="1" s="1"/>
   <c r="I25" i="1" s="1"/>
   <c r="T26" i="1"/>
   <c r="Y26" i="1" s="1"/>
   <c r="I26" i="1" s="1"/>
   <c r="T27" i="1"/>
   <c r="T28" i="1"/>
   <c r="T30" i="1"/>
   <c r="T31" i="1"/>
   <c r="X31" i="1" s="1"/>
   <c r="H31" i="1" s="1"/>
   <c r="V4" i="2" s="1"/>
   <c r="T32" i="1"/>
   <c r="T34" i="1"/>
   <c r="T35" i="1"/>
   <c r="T36" i="1"/>
   <c r="T37" i="1"/>
   <c r="T38" i="1"/>
   <c r="T39" i="1"/>
   <c r="T40" i="1"/>
   <c r="T14" i="1"/>
   <c r="M14" i="1" s="1"/>
   <c r="Q13" i="1"/>
   <c r="Q14" i="1"/>
   <c r="Q12" i="1"/>
   <c r="Y47" i="1" l="1"/>
   <c r="I47" i="1" s="1"/>
   <c r="M21" i="1"/>
-  <c r="H52" i="1"/>
+  <c r="H55" i="1"/>
   <c r="AP4" i="2" s="1"/>
   <c r="M34" i="1"/>
   <c r="Y24" i="1"/>
   <c r="X24" i="1"/>
   <c r="M19" i="1"/>
   <c r="M30" i="1"/>
   <c r="M25" i="1"/>
   <c r="Y30" i="1"/>
   <c r="I30" i="1" s="1"/>
   <c r="Y28" i="1"/>
   <c r="I28" i="1" s="1"/>
   <c r="X28" i="1"/>
   <c r="H28" i="1" s="1"/>
   <c r="S4" i="2" s="1"/>
   <c r="X27" i="1"/>
   <c r="H27" i="1" s="1"/>
   <c r="R4" i="2" s="1"/>
   <c r="Y27" i="1"/>
   <c r="I27" i="1" s="1"/>
   <c r="Y21" i="1"/>
   <c r="X21" i="1"/>
   <c r="Y23" i="1"/>
   <c r="X23" i="1"/>
   <c r="Y22" i="1"/>
   <c r="X22" i="1"/>
-  <c r="H68" i="1"/>
-  <c r="BA4" i="2" s="1"/>
+  <c r="H72" i="1"/>
   <c r="Y35" i="1"/>
   <c r="X35" i="1"/>
-  <c r="H71" i="1"/>
-  <c r="BD4" i="2" s="1"/>
+  <c r="H75" i="1"/>
+  <c r="BE4" i="2" s="1"/>
   <c r="Y36" i="1"/>
   <c r="X36" i="1"/>
-  <c r="I72" i="1"/>
   <c r="Y37" i="1"/>
   <c r="X37" i="1"/>
-  <c r="I67" i="1"/>
   <c r="Y34" i="1"/>
   <c r="X34" i="1"/>
   <c r="X38" i="1"/>
   <c r="Y38" i="1"/>
   <c r="Y39" i="1"/>
   <c r="X39" i="1"/>
   <c r="X40" i="1"/>
   <c r="Y40" i="1"/>
   <c r="U34" i="1"/>
   <c r="I41" i="1"/>
   <c r="U30" i="1"/>
   <c r="U25" i="1"/>
   <c r="Y32" i="1"/>
   <c r="I32" i="1" s="1"/>
   <c r="X47" i="1"/>
   <c r="H47" i="1" s="1"/>
   <c r="AH4" i="2" s="1"/>
-  <c r="H63" i="1"/>
-[...2 lines deleted...]
-  <c r="AT4" i="2" s="1"/>
+  <c r="H65" i="1"/>
   <c r="X32" i="1"/>
   <c r="H32" i="1" s="1"/>
   <c r="W4" i="2" s="1"/>
   <c r="X30" i="1"/>
   <c r="H30" i="1" s="1"/>
   <c r="U4" i="2" s="1"/>
   <c r="Y31" i="1"/>
   <c r="I31" i="1" s="1"/>
   <c r="X25" i="1"/>
   <c r="H25" i="1" s="1"/>
   <c r="P4" i="2" s="1"/>
   <c r="X26" i="1"/>
   <c r="H26" i="1" s="1"/>
   <c r="Q4" i="2" s="1"/>
   <c r="U19" i="1"/>
   <c r="Y16" i="1"/>
   <c r="Y14" i="1"/>
   <c r="X14" i="1"/>
-  <c r="H51" i="1" l="1"/>
+  <c r="H53" i="1" l="1"/>
   <c r="AN4" i="2" s="1"/>
-  <c r="I71" i="1"/>
-[...4 lines deleted...]
-  <c r="AZ4" i="2" s="1"/>
+  <c r="I75" i="1"/>
+  <c r="I72" i="1"/>
   <c r="H41" i="1"/>
   <c r="AF4" i="2" s="1"/>
   <c r="I21" i="1"/>
   <c r="H21" i="1"/>
   <c r="L4" i="2" s="1"/>
   <c r="H35" i="1"/>
   <c r="Z4" i="2" s="1"/>
   <c r="H37" i="1"/>
   <c r="AB4" i="2" s="1"/>
   <c r="H39" i="1"/>
   <c r="AD4" i="2" s="1"/>
   <c r="I34" i="1"/>
   <c r="H38" i="1"/>
   <c r="AC4" i="2" s="1"/>
   <c r="I35" i="1"/>
   <c r="I37" i="1"/>
   <c r="I39" i="1"/>
   <c r="H34" i="1"/>
   <c r="Y4" i="2" s="1"/>
   <c r="H36" i="1"/>
   <c r="AA4" i="2" s="1"/>
   <c r="H40" i="1"/>
   <c r="AE4" i="2" s="1"/>
   <c r="I36" i="1"/>
   <c r="I38" i="1"/>
   <c r="I40" i="1"/>
-  <c r="H65" i="1"/>
-  <c r="AX4" i="2" s="1"/>
+  <c r="H70" i="1"/>
+  <c r="I70" i="1"/>
+  <c r="H68" i="1"/>
+  <c r="I68" i="1"/>
+  <c r="H66" i="1"/>
+  <c r="I66" i="1"/>
   <c r="I65" i="1"/>
-  <c r="H66" i="1"/>
-[...9 lines deleted...]
-  <c r="I61" i="1"/>
   <c r="X20" i="1"/>
   <c r="Y20" i="1"/>
   <c r="Y19" i="1"/>
   <c r="X19" i="1"/>
   <c r="Q32" i="1"/>
   <c r="Q19" i="1" l="1"/>
   <c r="Q20" i="1"/>
   <c r="T12" i="1"/>
   <c r="Q30" i="1"/>
   <c r="Q31" i="1"/>
   <c r="T13" i="1"/>
   <c r="Q25" i="1"/>
   <c r="Q26" i="1"/>
   <c r="Q27" i="1"/>
   <c r="Q34" i="1"/>
   <c r="Q35" i="1"/>
   <c r="Q36" i="1"/>
   <c r="Q37" i="1"/>
   <c r="Q38" i="1"/>
   <c r="Q39" i="1"/>
   <c r="Q40" i="1"/>
-  <c r="W74" i="1" l="1"/>
+  <c r="W78" i="1" l="1"/>
   <c r="N3" i="1" s="1"/>
   <c r="W13" i="1"/>
   <c r="X13" i="1" s="1"/>
   <c r="W12" i="1"/>
-  <c r="Y12" i="1" s="1"/>
-[...6 lines deleted...]
-  <c r="D76" i="1"/>
+  <c r="X12" i="1" l="1"/>
+  <c r="Y12" i="1"/>
+  <c r="Y13" i="1"/>
+  <c r="Y62" i="1"/>
+  <c r="X62" i="1"/>
+  <c r="Y78" i="1" l="1"/>
+  <c r="X78" i="1"/>
+  <c r="D80" i="1"/>
   <c r="I13" i="1"/>
   <c r="H12" i="1"/>
   <c r="I20" i="1"/>
-  <c r="B83" i="1"/>
+  <c r="B87" i="1"/>
   <c r="E4" i="2" l="1"/>
   <c r="F4" i="2"/>
   <c r="I19" i="1"/>
   <c r="H19" i="1"/>
   <c r="J4" i="2" s="1"/>
   <c r="H20" i="1"/>
-  <c r="K4" i="2" s="1"/>
   <c r="I12" i="1"/>
-  <c r="I60" i="1"/>
-[...1 lines deleted...]
-  <c r="AS4" i="2" s="1"/>
+  <c r="AS4" i="2"/>
   <c r="H13" i="1"/>
   <c r="G4" i="2" l="1"/>
   <c r="H4" i="2"/>
   <c r="O3" i="1" l="1"/>
   <c r="H14" i="1"/>
   <c r="I4" i="2" s="1"/>
   <c r="BH4" i="2" s="1"/>
   <c r="I14" i="1"/>
   <c r="N5" i="1"/>
-  <c r="D78" i="1" s="1"/>
+  <c r="D82" i="1" s="1"/>
   <c r="N7" i="1"/>
-  <c r="D80" i="1" s="1"/>
+  <c r="D84" i="1" s="1"/>
   <c r="BG4" i="2" l="1"/>
   <c r="O5" i="1"/>
   <c r="O7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={A529B298-5DFE-4CE8-9054-399902FE96E0}</author>
   </authors>
   <commentList>
-    <comment ref="E7" authorId="0" shapeId="0">
+    <comment ref="E7" authorId="0" shapeId="0" xr:uid="{A529B298-5DFE-4CE8-9054-399902FE96E0}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <rFont val="Arial"/>
             <charset val="186"/>
           </rPr>
           <t>[Komentarų gija]
 „Excel“ versija leidžia jums skaityti šią komentarų giją, tačiau visi jos taisymai bus pašalinti, jei failas atidaromas naudojant naujesnę „Excel“ versiją. Daugiau informacijos: https://go.microsoft.com/fwlink/?linkid=870924.
 Komentaras:
     Kodas užsipildo suvedus vardą pavardę ir klasę. Išsaugant dokumentą būtina pavadinime nurodyti kodą</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="102">
   <si>
     <t>Iš viso dalykų:</t>
   </si>
   <si>
     <t>Pamokų skaičius III klasėje:</t>
   </si>
   <si>
     <t>Klasė</t>
   </si>
   <si>
     <t>Pamokų skaičius IV klasėje:</t>
   </si>
   <si>
     <t>Dalykų grupė</t>
   </si>
   <si>
     <t>Dalykas</t>
   </si>
   <si>
     <t>Kursas</t>
   </si>
   <si>
     <t>Pamokų skaičius</t>
   </si>
   <si>
@@ -616,53 +675,50 @@
     <t>Dailė</t>
   </si>
   <si>
     <t>Muzika</t>
   </si>
   <si>
     <t>Teatras</t>
   </si>
   <si>
     <t>Psichologija</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavardė, vardas</t>
   </si>
   <si>
     <t>Matematika B</t>
   </si>
   <si>
     <t>Vardas</t>
   </si>
   <si>
     <t>Pavardė</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lietuvių kalba ir literatūra</t>
   </si>
   <si>
     <t>Tel. Nr.</t>
   </si>
   <si>
     <t>Keitimai IV kl. I pusm.</t>
   </si>
   <si>
     <t>Keitimai III kl. II pusm.</t>
   </si>
   <si>
     <t>Keitimai III kl. I pusm.</t>
   </si>
   <si>
     <t>*Keitimų stulpeliai pildomi, jei mokinys, pasibaigus pusmečiui, keičia individualų ugdymo planą.</t>
   </si>
   <si>
     <t>Mokinio parašas</t>
   </si>
   <si>
     <t>Šokis</t>
   </si>
   <si>
     <t>Lietuvių kalba ir literatūra B</t>
   </si>
@@ -748,216 +804,210 @@
       <t xml:space="preserve"> .</t>
     </r>
   </si>
   <si>
     <t>Iš viso valandų III klasėje</t>
   </si>
   <si>
     <t>Iš viso valandų IV klasėje</t>
   </si>
   <si>
     <t>Pasirin-kimas</t>
   </si>
   <si>
     <t>Lietuvių kalba ir literatūra A</t>
   </si>
   <si>
     <t>Kodas</t>
   </si>
   <si>
     <t>DALYKŲ MODULIAI</t>
   </si>
   <si>
     <t>Gamtamokslinis ir technologinis ugdymas</t>
   </si>
   <si>
-    <t>Užsienio kalba (antroji rusų)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gargždų „Vaivorykštės“ gimnazija</t>
   </si>
   <si>
     <t>Visuomeninis ugdymas</t>
   </si>
   <si>
     <t>Meninis ugdymas</t>
   </si>
   <si>
     <t>Etninė kultūra</t>
   </si>
   <si>
     <t>Inžinerinės technologijos</t>
   </si>
   <si>
     <t>Filosofija</t>
   </si>
   <si>
     <t>Užsienio kalba (vokiečių)</t>
   </si>
   <si>
     <t>Užsienio kalba (prancūzų)</t>
   </si>
   <si>
-    <t>Užsienio kalba (rusų)</t>
-[...1 lines deleted...]
-  <si>
     <t>Taikomosios technologijos (dizainas)</t>
   </si>
   <si>
     <t>Geografinės informacinės sistemos</t>
   </si>
   <si>
     <t>Teisė</t>
   </si>
   <si>
-    <t>Raštingumo spragų likvidavimas (lietuvių k. ir lit.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Literatūra ir kitos medijos (lietuvių k. ir lit.)</t>
   </si>
   <si>
     <t>Teksto kūrimo įgūdžių gilinimas (lietuvių k. ir lit.)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sakytinio teksto produkavimo gebėjimų ugdymas(is) (anglų k.)</t>
   </si>
   <si>
     <t>Inžinerinė braižyba</t>
   </si>
   <si>
     <t>VBE uždavinių sprendimas ir analizė</t>
   </si>
   <si>
     <t>Eksperimentinė fizika</t>
   </si>
   <si>
-    <t>Matematika A su moduliu</t>
-[...1 lines deleted...]
-  <si>
     <t>Iš viso val.</t>
   </si>
   <si>
     <t>Iš viso dalykų</t>
   </si>
   <si>
-    <t>Anglų kalbos akademinių gebėjimų ugdymas(is) (anglų k. įtrauktas į anglų k dalyką)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fizika</t>
   </si>
   <si>
     <t>Duomenų tyrybos, programavimo ir saugaus elgesio pradmenys (įtrauktas į informatikos dalyką)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Brandos darbas</t>
   </si>
   <si>
     <t>PATVIRTINTA
 Gargždų „Vaivorykštės“ gimnazijos direktoriaus</t>
   </si>
   <si>
     <t>Eksperimentinė biologija</t>
   </si>
   <si>
     <r>
       <t>Išplėstinis kursas</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">  (A)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Brandos darbas</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> (neprivaloma, bet galima rinktis)</t>
     </r>
   </si>
   <si>
-    <t>2025–2027 m. m. individualus ugdymo planas (III–IV kl.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Matematika</t>
   </si>
   <si>
-    <t>Kompozitinės medžiagos (chemija)</t>
+    <t>Nacionalinis saugumo ir krašto gynyba</t>
   </si>
   <si>
     <t>Istorijos šaltinių nagrinėjimas</t>
   </si>
   <si>
-    <t>Nacionalinis saugumas ir krašto gynyba</t>
+    <t>2026–2028 m. m. individualus ugdymo planas (III–IV kl.)</t>
+  </si>
+  <si>
+    <t>Raštingumo spragų likvidavimas (lietuvių k. ir lit.) (įtrauktas į B kursą)</t>
+  </si>
+  <si>
+    <t>Lietuvių kalba ir literatūra (B kursas su moduliu Nr.1)</t>
+  </si>
+  <si>
+    <t>Užsienio kalba (ispanų)</t>
+  </si>
+  <si>
+    <t>Raštingumo spragų likvidavimas (lietuvių k. ir lit.) pasirenkamas A kursui)</t>
+  </si>
+  <si>
+    <t>Olimpiadinių uždavinių sprendimas ir analizė</t>
+  </si>
+  <si>
+    <t>Anglų kalbos akademinių gebėjimų ugdymas(is) (įtrauktas į anglų k dalyką)</t>
   </si>
   <si>
     <t>Eksperimentinė chemija</t>
   </si>
   <si>
+    <t xml:space="preserve">Matematika A </t>
+  </si>
+  <si>
     <r>
-      <t>Užsienio kalba B2 (ANGLŲ) (su moduliu nr. 4)</t>
+      <t>Užsienio kalba B2 (ANGLŲ) (su moduliu nr. 7)</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <t>Informatika (su moduliu nr. 7)</t>
+    <t>Informatika (su moduliu nr. 9)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -1253,102 +1303,90 @@
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF97FFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
-        <bgColor indexed="64"/>
-[...10 lines deleted...]
-        <fgColor theme="6" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="24">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1596,51 +1634,51 @@
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="237">
+  <cellXfs count="247">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
@@ -1907,53 +1945,50 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="40" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -2004,279 +2039,312 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="40" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="40" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="40" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment vertical="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...58 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2308,51 +2376,51 @@
     <xf numFmtId="0" fontId="40" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="31">
+  <dxfs count="38">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="12"/>
       </font>
       <fill>
         <patternFill>
           <bgColor indexed="43"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
@@ -2553,108 +2621,165 @@
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="12"/>
       </font>
       <fill>
         <patternFill>
           <bgColor indexed="43"/>
         </patternFill>
       </fill>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFCCFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...13 lines deleted...]
-    <dxf>
       <font>
         <b/>
         <i val="0"/>
         <condense val="0"/>
         <extend val="0"/>
       </font>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="41"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="43"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <condense val="0"/>
         <extend val="0"/>
       </font>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill>
+          <bgColor indexed="27"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <font>
         <b/>
         <i val="0"/>
         <condense val="0"/>
         <extend val="0"/>
       </font>
     </dxf>
     <dxf>
-      <fill>
-[...3 lines deleted...]
-      </fill>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+      </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <condense val="0"/>
         <extend val="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <condense val="0"/>
         <extend val="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <condense val="0"/>
         <extend val="0"/>
       </font>
     </dxf>
@@ -2702,223 +2827,235 @@
       <color rgb="FF8FFFFF"/>
       <color rgb="FF66FFFF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$32" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$69" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$30" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$31" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$R$13" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$14" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$25" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$26" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$13" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$21" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp19.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$19" lockText="1" noThreeD="1"/>
-</file>
-[...2 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$20" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$34" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$20" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp21.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$R$12" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp22.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$12" lockText="1" noThreeD="1"/>
-</file>
-[...2 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$60" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp23.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$64" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp24.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$68" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp25.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$27" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp26.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$28" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp27.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$38" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp28.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$37" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp29.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$39" lockText="1" noThreeD="1"/>
-</file>
-[...2 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$67" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$35" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp30.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$70" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp31.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$29" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp32.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$33" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp33.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$41" lockText="1" noThreeD="1"/>
-</file>
-[...2 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$48" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp34.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$49" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp35.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$50" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp36.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$68" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$51" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp37.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$69" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$52" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp38.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$70" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$72" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp39.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$71" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$73" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$36" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp40.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$52" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$74" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp41.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$67" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp42.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$55" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp43.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$47" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp42.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$53" lockText="1" noThreeD="1"/>
+<file path=xl/ctrlProps/ctrlProp44.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$56" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp43.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$54" lockText="1" noThreeD="1"/>
+<file path=xl/ctrlProps/ctrlProp45.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$57" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp46.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$42" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp45.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$72" lockText="1" noThreeD="1"/>
+<file path=xl/ctrlProps/ctrlProp47.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$75" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp48.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$54" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$40" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$62" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$66" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$61" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$65" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$51" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$48" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$65" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$S$53" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>361950</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>314325</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
@@ -2953,57 +3090,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>123825</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>219075</xdr:rowOff>
+          <xdr:rowOff>276225</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1036" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1036"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3152,59 +3289,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>190500</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>104775</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>381000</xdr:colOff>
+          <xdr:colOff>400050</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>228600</xdr:rowOff>
+          <xdr:rowOff>247650</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1076" name="Check Box 52" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1076"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000034040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3220,57 +3357,124 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>50</xdr:row>
+          <xdr:row>47</xdr:row>
+          <xdr:rowOff>28575</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>371475</xdr:colOff>
+          <xdr:row>47</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="4126" name="Check Box 2078" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s4126"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001E100000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor>
+        <xdr:from>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>190500</xdr:colOff>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
-          <xdr:row>50</xdr:row>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4128" name="Check Box 2080" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4128"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000020100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3287,57 +3491,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>61</xdr:row>
+          <xdr:row>65</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
-          <xdr:row>61</xdr:row>
+          <xdr:row>65</xdr:row>
           <xdr:rowOff>323850</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1072" name="Check Box 48" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1072"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000030040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3354,57 +3558,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>60</xdr:row>
+          <xdr:row>64</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
-          <xdr:row>60</xdr:row>
+          <xdr:row>64</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1073" name="Check Box 49" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1073"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000031040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3419,60 +3623,60 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
-          <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>68</xdr:row>
+          <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>171450</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>419100</xdr:colOff>
+          <xdr:row>68</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4386" name="Check Box 2338" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4386"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000022110000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3488,58 +3692,58 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>59</xdr:row>
-          <xdr:rowOff>38100</xdr:rowOff>
+          <xdr:row>63</xdr:row>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
-          <xdr:row>59</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:row>63</xdr:row>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4683" name="Check Box 2635" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4683"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004B120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3555,57 +3759,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>63</xdr:row>
+          <xdr:row>67</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
-          <xdr:row>63</xdr:row>
+          <xdr:row>67</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4685" name="Check Box 2637" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4685"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004D120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -4760,59 +4964,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>190500</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:colOff>171450</xdr:colOff>
+          <xdr:row>69</xdr:row>
+          <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>371475</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:colOff>352425</xdr:colOff>
+          <xdr:row>69</xdr:row>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4694" name="Check Box 2646" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4694"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000056120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5029,57 +5233,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>47</xdr:row>
+          <xdr:row>48</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
-          <xdr:row>47</xdr:row>
+          <xdr:row>48</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4700" name="Check Box 2652" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4700"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00005C120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5096,57 +5300,124 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>48</xdr:row>
+          <xdr:row>49</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
-          <xdr:row>48</xdr:row>
+          <xdr:row>49</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="4702" name="Check Box 2654" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s4702"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00005E120000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor>
+        <xdr:from>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>190500</xdr:colOff>
+          <xdr:row>50</xdr:row>
+          <xdr:rowOff>19050</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>371475</xdr:colOff>
+          <xdr:row>50</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4704" name="Check Box 2656" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4704"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000060120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5163,57 +5434,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>49</xdr:row>
+          <xdr:row>51</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
-          <xdr:row>49</xdr:row>
+          <xdr:row>51</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4706" name="Check Box 2658" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4706"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000062120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5230,57 +5501,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>67</xdr:row>
+          <xdr:row>71</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
-          <xdr:row>67</xdr:row>
+          <xdr:row>71</xdr:row>
           <xdr:rowOff>161925</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4708" name="Check Box 2660" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4708"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000064120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5297,57 +5568,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>68</xdr:row>
+          <xdr:row>72</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
-          <xdr:row>68</xdr:row>
+          <xdr:row>72</xdr:row>
           <xdr:rowOff>161925</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4710" name="Check Box 2662" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4710"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000066120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5364,57 +5635,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>180975</xdr:colOff>
-          <xdr:row>69</xdr:row>
+          <xdr:row>73</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>361950</xdr:colOff>
-          <xdr:row>69</xdr:row>
+          <xdr:row>73</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4712" name="Check Box 2664" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4712"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000068120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5430,59 +5701,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>190500</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:colOff>180975</xdr:colOff>
+          <xdr:row>66</xdr:row>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>371475</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:colOff>361950</xdr:colOff>
+          <xdr:row>66</xdr:row>
+          <xdr:rowOff>247650</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4713" name="Check Box 2665" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4713"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000069120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5498,57 +5769,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>51</xdr:row>
+          <xdr:row>54</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>371475</xdr:colOff>
-          <xdr:row>51</xdr:row>
+          <xdr:row>54</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4715" name="Check Box 2667" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4715"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00006B120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5630,60 +5901,60 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
-          <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>0</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>266700</xdr:colOff>
+          <xdr:row>55</xdr:row>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>447675</xdr:colOff>
+          <xdr:row>55</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4726" name="Check Box 2678" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4726"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000076120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5697,60 +5968,60 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
-          <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>0</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>295275</xdr:colOff>
+          <xdr:row>56</xdr:row>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>476250</xdr:colOff>
+          <xdr:row>56</xdr:row>
+          <xdr:rowOff>209550</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4727" name="Check Box 2679" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4727"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000077120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5832,69 +6103,136 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>190500</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:colOff>171450</xdr:colOff>
+          <xdr:row>74</xdr:row>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>371475</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:colOff>352425</xdr:colOff>
+          <xdr:row>74</xdr:row>
+          <xdr:rowOff>209550</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4730" name="Check Box 2682" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4730"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007A120000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor>
+        <xdr:from>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>190500</xdr:colOff>
+          <xdr:row>53</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>371475</xdr:colOff>
+          <xdr:row>53</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="4731" name="Check Box 2683" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s4731"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007B120000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -5979,85 +6317,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -6197,152 +6569,152 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="E7" dT="2023-04-04T16:44:04.50" personId="{907A901C-C43E-4654-AC4F-06D3758432DF}" id="{A529B298-5DFE-4CE8-9054-399902FE96E0}">
     <text>Kodas užsipildo suvedus vardą pavardę ir klasę. Išsaugant dokumentą būtina pavadinime nurodyti kodą</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId50" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId53" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Lapas1">
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:FF234"/>
+  <dimension ref="A1:FF235"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <pane ySplit="8" topLeftCell="A63" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C5" sqref="C5:D5"/>
+      <pane ySplit="8" topLeftCell="A17" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="24.4" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="32" customWidth="1"/>
     <col min="2" max="2" width="14" style="2" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" style="2" customWidth="1"/>
     <col min="5" max="7" width="5.42578125" style="2" customWidth="1"/>
     <col min="8" max="9" width="4.5703125" style="2" customWidth="1"/>
     <col min="10" max="10" width="8.28515625" style="2" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="60" customWidth="1"/>
     <col min="12" max="12" width="3.28515625" style="60" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" style="101" customWidth="1"/>
     <col min="14" max="14" width="7.140625" style="55" customWidth="1"/>
     <col min="15" max="15" width="42.28515625" style="55" customWidth="1"/>
     <col min="16" max="16" width="8.7109375" style="6" hidden="1" customWidth="1"/>
-    <col min="17" max="17" width="16.85546875" style="117" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="16.85546875" style="116" hidden="1" customWidth="1"/>
     <col min="18" max="19" width="9.42578125" style="2" hidden="1" customWidth="1"/>
     <col min="20" max="22" width="11.28515625" style="2" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="6.140625" style="24" hidden="1" customWidth="1"/>
     <col min="24" max="39" width="9.42578125" style="2" hidden="1" customWidth="1"/>
     <col min="40" max="94" width="9.42578125" style="60" hidden="1" customWidth="1"/>
     <col min="95" max="161" width="9.42578125" style="75" hidden="1" customWidth="1"/>
     <col min="162" max="162" width="9.7109375" style="75" hidden="1" customWidth="1"/>
     <col min="163" max="16384" width="9.140625" style="75" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:94" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G1" s="188" t="s">
-[...5 lines deleted...]
-      <c r="K1" s="188"/>
+      <c r="G1" s="192" t="s">
+        <v>84</v>
+      </c>
+      <c r="H1" s="192"/>
+      <c r="I1" s="192"/>
+      <c r="J1" s="192"/>
+      <c r="K1" s="192"/>
       <c r="L1" s="2"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="AN1" s="2"/>
     </row>
     <row r="2" spans="1:94" s="74" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="217" t="s">
-[...12 lines deleted...]
-      <c r="L2" s="120"/>
+      <c r="A2" s="227" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" s="227"/>
+      <c r="C2" s="227"/>
+      <c r="D2" s="227"/>
+      <c r="E2" s="227"/>
+      <c r="F2" s="227"/>
+      <c r="G2" s="227"/>
+      <c r="H2" s="227"/>
+      <c r="I2" s="227"/>
+      <c r="J2" s="227"/>
+      <c r="K2" s="227"/>
+      <c r="L2" s="119"/>
       <c r="M2" s="6"/>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
-      <c r="Q2" s="117"/>
-[...22 lines deleted...]
-      <c r="AN2" s="119"/>
+      <c r="Q2" s="116"/>
+      <c r="R2" s="118"/>
+      <c r="S2" s="118"/>
+      <c r="T2" s="118"/>
+      <c r="U2" s="118"/>
+      <c r="V2" s="118"/>
+      <c r="W2" s="119"/>
+      <c r="X2" s="118"/>
+      <c r="Y2" s="118"/>
+      <c r="Z2" s="118"/>
+      <c r="AA2" s="118"/>
+      <c r="AB2" s="118"/>
+      <c r="AC2" s="118"/>
+      <c r="AD2" s="118"/>
+      <c r="AE2" s="118"/>
+      <c r="AF2" s="118"/>
+      <c r="AG2" s="118"/>
+      <c r="AH2" s="118"/>
+      <c r="AI2" s="118"/>
+      <c r="AJ2" s="118"/>
+      <c r="AK2" s="118"/>
+      <c r="AL2" s="118"/>
+      <c r="AM2" s="118"/>
+      <c r="AN2" s="118"/>
       <c r="AO2" s="56"/>
       <c r="AP2" s="56"/>
       <c r="AQ2" s="56"/>
       <c r="AR2" s="56"/>
       <c r="AS2" s="56"/>
       <c r="AT2" s="56"/>
       <c r="AU2" s="56"/>
       <c r="AV2" s="56"/>
       <c r="AW2" s="56"/>
       <c r="AX2" s="56"/>
       <c r="AY2" s="56"/>
       <c r="AZ2" s="56"/>
       <c r="BA2" s="56"/>
       <c r="BB2" s="56"/>
       <c r="BC2" s="56"/>
       <c r="BD2" s="56"/>
       <c r="BE2" s="56"/>
       <c r="BF2" s="56"/>
       <c r="BG2" s="56"/>
       <c r="BH2" s="56"/>
       <c r="BI2" s="56"/>
       <c r="BJ2" s="56"/>
       <c r="BK2" s="56"/>
       <c r="BL2" s="56"/>
       <c r="BM2" s="56"/>
@@ -6355,100 +6727,100 @@
       <c r="BT2" s="56"/>
       <c r="BU2" s="56"/>
       <c r="BV2" s="56"/>
       <c r="BW2" s="56"/>
       <c r="BX2" s="56"/>
       <c r="BY2" s="56"/>
       <c r="BZ2" s="56"/>
       <c r="CA2" s="56"/>
       <c r="CB2" s="56"/>
       <c r="CC2" s="56"/>
       <c r="CD2" s="56"/>
       <c r="CE2" s="56"/>
       <c r="CF2" s="56"/>
       <c r="CG2" s="56"/>
       <c r="CH2" s="56"/>
       <c r="CI2" s="56"/>
       <c r="CJ2" s="56"/>
       <c r="CK2" s="56"/>
       <c r="CL2" s="56"/>
       <c r="CM2" s="56"/>
       <c r="CN2" s="56"/>
       <c r="CO2" s="56"/>
       <c r="CP2" s="56"/>
     </row>
     <row r="3" spans="1:94" s="74" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="218" t="s">
-[...11 lines deleted...]
-      <c r="K3" s="218"/>
+      <c r="A3" s="228" t="s">
+        <v>91</v>
+      </c>
+      <c r="B3" s="228"/>
+      <c r="C3" s="228"/>
+      <c r="D3" s="228"/>
+      <c r="E3" s="228"/>
+      <c r="F3" s="228"/>
+      <c r="G3" s="228"/>
+      <c r="H3" s="228"/>
+      <c r="I3" s="228"/>
+      <c r="J3" s="228"/>
+      <c r="K3" s="228"/>
       <c r="L3" s="57"/>
-      <c r="M3" s="105" t="s">
+      <c r="M3" s="104" t="s">
         <v>0</v>
       </c>
       <c r="N3" s="58">
-        <f>W74</f>
+        <f>W78</f>
         <v>0</v>
       </c>
       <c r="O3" s="60" t="str">
         <f>IF(N3&gt;7,"","Dalykų turi būti ne mažiau kaip 8")</f>
         <v>Dalykų turi būti ne mažiau kaip 8</v>
       </c>
       <c r="P3" s="6"/>
-      <c r="Q3" s="117"/>
-[...22 lines deleted...]
-      <c r="AN3" s="119"/>
+      <c r="Q3" s="116"/>
+      <c r="R3" s="118"/>
+      <c r="S3" s="118"/>
+      <c r="T3" s="118"/>
+      <c r="U3" s="118"/>
+      <c r="V3" s="118"/>
+      <c r="W3" s="119"/>
+      <c r="X3" s="118"/>
+      <c r="Y3" s="118"/>
+      <c r="Z3" s="118"/>
+      <c r="AA3" s="118"/>
+      <c r="AB3" s="118"/>
+      <c r="AC3" s="118"/>
+      <c r="AD3" s="118"/>
+      <c r="AE3" s="118"/>
+      <c r="AF3" s="118"/>
+      <c r="AG3" s="118"/>
+      <c r="AH3" s="118"/>
+      <c r="AI3" s="118"/>
+      <c r="AJ3" s="118"/>
+      <c r="AK3" s="118"/>
+      <c r="AL3" s="118"/>
+      <c r="AM3" s="118"/>
+      <c r="AN3" s="118"/>
       <c r="AO3" s="56"/>
       <c r="AP3" s="56"/>
       <c r="AQ3" s="56"/>
       <c r="AR3" s="56"/>
       <c r="AS3" s="56"/>
       <c r="AT3" s="56"/>
       <c r="AU3" s="56"/>
       <c r="AV3" s="56"/>
       <c r="AW3" s="56"/>
       <c r="AX3" s="56"/>
       <c r="AY3" s="56"/>
       <c r="AZ3" s="56"/>
       <c r="BA3" s="56"/>
       <c r="BB3" s="56"/>
       <c r="BC3" s="56"/>
       <c r="BD3" s="56"/>
       <c r="BE3" s="56"/>
       <c r="BF3" s="56"/>
       <c r="BG3" s="56"/>
       <c r="BH3" s="56"/>
       <c r="BI3" s="56"/>
       <c r="BJ3" s="56"/>
       <c r="BK3" s="56"/>
       <c r="BL3" s="56"/>
       <c r="BM3" s="56"/>
@@ -6461,162 +6833,162 @@
       <c r="BT3" s="56"/>
       <c r="BU3" s="56"/>
       <c r="BV3" s="56"/>
       <c r="BW3" s="56"/>
       <c r="BX3" s="56"/>
       <c r="BY3" s="56"/>
       <c r="BZ3" s="56"/>
       <c r="CA3" s="56"/>
       <c r="CB3" s="56"/>
       <c r="CC3" s="56"/>
       <c r="CD3" s="56"/>
       <c r="CE3" s="56"/>
       <c r="CF3" s="56"/>
       <c r="CG3" s="56"/>
       <c r="CH3" s="56"/>
       <c r="CI3" s="56"/>
       <c r="CJ3" s="56"/>
       <c r="CK3" s="56"/>
       <c r="CL3" s="56"/>
       <c r="CM3" s="56"/>
       <c r="CN3" s="56"/>
       <c r="CO3" s="56"/>
       <c r="CP3" s="56"/>
     </row>
     <row r="4" spans="1:94" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="M4" s="105"/>
+      <c r="M4" s="104"/>
       <c r="N4" s="59"/>
       <c r="O4" s="97"/>
       <c r="AN4" s="2"/>
     </row>
     <row r="5" spans="1:94" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A5" s="4"/>
       <c r="B5" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="219"/>
-      <c r="D5" s="219"/>
+      <c r="C5" s="229"/>
+      <c r="D5" s="229"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="H5" s="219"/>
-[...2 lines deleted...]
-      <c r="K5" s="219"/>
+      <c r="H5" s="229"/>
+      <c r="I5" s="229"/>
+      <c r="J5" s="229"/>
+      <c r="K5" s="229"/>
       <c r="L5" s="55"/>
-      <c r="M5" s="105" t="s">
+      <c r="M5" s="104" t="s">
         <v>1</v>
       </c>
       <c r="N5" s="58">
-        <f>X74</f>
+        <f>X78</f>
         <v>0</v>
       </c>
       <c r="O5" s="78" t="str">
         <f>IF((N5&lt;36)*(N5&gt;=25),"","Pamokų turi būti ne mažiau kaip 25 ir ne daugiau kaip 35")</f>
         <v>Pamokų turi būti ne mažiau kaip 25 ir ne daugiau kaip 35</v>
       </c>
       <c r="AN5" s="2"/>
     </row>
     <row r="6" spans="1:94" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7"/>
       <c r="B6" s="8"/>
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="7"/>
       <c r="K6" s="61"/>
-      <c r="M6" s="105"/>
+      <c r="M6" s="104"/>
       <c r="N6" s="59"/>
       <c r="O6" s="97"/>
       <c r="AN6" s="2"/>
     </row>
     <row r="7" spans="1:94" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="48"/>
       <c r="D7" s="5" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="E7" s="178" t="str">
+        <v>61</v>
+      </c>
+      <c r="E7" s="166" t="str">
         <f>+Pamokos!B4</f>
-        <v>27</v>
-[...9 lines deleted...]
-      <c r="M7" s="105" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" s="166"/>
+      <c r="G7" s="146" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7" s="229"/>
+      <c r="I7" s="229"/>
+      <c r="J7" s="229"/>
+      <c r="K7" s="229"/>
+      <c r="M7" s="104" t="s">
         <v>3</v>
       </c>
       <c r="N7" s="58">
-        <f>Y74</f>
+        <f>Y78</f>
         <v>0</v>
       </c>
       <c r="O7" s="78" t="str">
         <f>IF((N7&lt;36)*(N7&gt;=25),"","Pamokų turi būti ne mažiau kaip 25 ir ne daugiau kaip 35")</f>
         <v>Pamokų turi būti ne mažiau kaip 25 ir ne daugiau kaip 35</v>
       </c>
       <c r="AN7" s="2"/>
     </row>
     <row r="8" spans="1:94" s="76" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="106" t="s">
-        <v>57</v>
+      <c r="A8" s="105" t="s">
+        <v>56</v>
       </c>
       <c r="B8" s="40"/>
       <c r="C8" s="40"/>
       <c r="D8" s="40"/>
       <c r="E8" s="40"/>
       <c r="F8" s="40"/>
       <c r="G8" s="40"/>
       <c r="H8" s="40"/>
       <c r="I8" s="40"/>
       <c r="J8" s="40"/>
       <c r="K8" s="62"/>
       <c r="L8" s="62"/>
       <c r="M8" s="102"/>
       <c r="N8" s="63"/>
       <c r="O8" s="63"/>
-      <c r="P8" s="140"/>
-      <c r="Q8" s="141"/>
+      <c r="P8" s="137"/>
+      <c r="Q8" s="138"/>
       <c r="R8" s="40"/>
       <c r="S8" s="40"/>
       <c r="T8" s="40"/>
       <c r="U8" s="40"/>
       <c r="V8" s="40"/>
-      <c r="W8" s="142"/>
+      <c r="W8" s="139"/>
       <c r="X8" s="40"/>
       <c r="Y8" s="40"/>
       <c r="Z8" s="40"/>
       <c r="AA8" s="40"/>
       <c r="AB8" s="40"/>
       <c r="AC8" s="40"/>
       <c r="AD8" s="40"/>
       <c r="AE8" s="40"/>
       <c r="AF8" s="40"/>
       <c r="AG8" s="40"/>
       <c r="AH8" s="40"/>
       <c r="AI8" s="40"/>
       <c r="AJ8" s="40"/>
       <c r="AK8" s="40"/>
       <c r="AL8" s="40"/>
       <c r="AM8" s="40"/>
       <c r="AN8" s="40"/>
       <c r="AO8" s="62"/>
       <c r="AP8" s="62"/>
       <c r="AQ8" s="62"/>
       <c r="AR8" s="62"/>
       <c r="AS8" s="62"/>
       <c r="AT8" s="62"/>
       <c r="AU8" s="62"/>
       <c r="AV8" s="62"/>
@@ -6646,3464 +7018,3613 @@
       <c r="BT8" s="62"/>
       <c r="BU8" s="62"/>
       <c r="BV8" s="62"/>
       <c r="BW8" s="62"/>
       <c r="BX8" s="62"/>
       <c r="BY8" s="62"/>
       <c r="BZ8" s="62"/>
       <c r="CA8" s="62"/>
       <c r="CB8" s="62"/>
       <c r="CC8" s="62"/>
       <c r="CD8" s="62"/>
       <c r="CE8" s="62"/>
       <c r="CF8" s="62"/>
       <c r="CG8" s="62"/>
       <c r="CH8" s="62"/>
       <c r="CI8" s="62"/>
       <c r="CJ8" s="62"/>
       <c r="CK8" s="62"/>
       <c r="CL8" s="62"/>
       <c r="CM8" s="62"/>
       <c r="CN8" s="62"/>
       <c r="CO8" s="62"/>
       <c r="CP8" s="62"/>
     </row>
     <row r="9" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="174" t="s">
-[...11 lines deleted...]
-      <c r="K9" s="174"/>
+      <c r="A9" s="188" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" s="188"/>
+      <c r="C9" s="188"/>
+      <c r="D9" s="188"/>
+      <c r="E9" s="188"/>
+      <c r="F9" s="188"/>
+      <c r="G9" s="188"/>
+      <c r="H9" s="188"/>
+      <c r="I9" s="188"/>
+      <c r="J9" s="188"/>
+      <c r="K9" s="188"/>
       <c r="AN9" s="2"/>
     </row>
     <row r="10" spans="1:94" ht="24.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="162" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="195" t="s">
+      <c r="A10" s="177" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" s="199" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="196"/>
-[...1 lines deleted...]
-      <c r="E10" s="192" t="s">
+      <c r="C10" s="200"/>
+      <c r="D10" s="201"/>
+      <c r="E10" s="196" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="196" t="s">
         <v>35</v>
       </c>
-      <c r="F10" s="192" t="s">
+      <c r="G10" s="196" t="s">
         <v>36</v>
       </c>
-      <c r="G10" s="192" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="186" t="s">
+      <c r="H10" s="173" t="s">
         <v>7</v>
       </c>
-      <c r="I10" s="186"/>
-[...3 lines deleted...]
-      <c r="K10" s="221"/>
+      <c r="I10" s="173"/>
+      <c r="J10" s="230" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" s="231"/>
       <c r="L10" s="64"/>
-      <c r="Q10" s="202" t="s">
+      <c r="Q10" s="206" t="s">
         <v>5</v>
       </c>
-      <c r="R10" s="185" t="s">
+      <c r="R10" s="170" t="s">
         <v>8</v>
       </c>
-      <c r="S10" s="185" t="s">
+      <c r="S10" s="170" t="s">
         <v>9</v>
       </c>
-      <c r="T10" s="201" t="s">
+      <c r="T10" s="205" t="s">
         <v>10</v>
       </c>
-      <c r="U10" s="201" t="s">
+      <c r="U10" s="205" t="s">
         <v>11</v>
       </c>
-      <c r="V10" s="201" t="s">
+      <c r="V10" s="205" t="s">
         <v>12</v>
       </c>
-      <c r="W10" s="201" t="s">
+      <c r="W10" s="205" t="s">
         <v>6</v>
       </c>
-      <c r="X10" s="201" t="s">
+      <c r="X10" s="205" t="s">
         <v>13</v>
       </c>
-      <c r="Y10" s="201" t="s">
+      <c r="Y10" s="205" t="s">
         <v>14</v>
       </c>
       <c r="AN10" s="2"/>
     </row>
     <row r="11" spans="1:94" ht="36.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="164"/>
-[...5 lines deleted...]
-      <c r="G11" s="192"/>
+      <c r="A11" s="179"/>
+      <c r="B11" s="202"/>
+      <c r="C11" s="203"/>
+      <c r="D11" s="204"/>
+      <c r="E11" s="196"/>
+      <c r="F11" s="196"/>
+      <c r="G11" s="196"/>
       <c r="H11" s="39" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="39" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="89" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K11" s="88" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="L11" s="65"/>
-      <c r="Q11" s="202"/>
-[...7 lines deleted...]
-      <c r="Y11" s="201"/>
+      <c r="Q11" s="206"/>
+      <c r="R11" s="170"/>
+      <c r="S11" s="170"/>
+      <c r="T11" s="205"/>
+      <c r="U11" s="205"/>
+      <c r="V11" s="205"/>
+      <c r="W11" s="205"/>
+      <c r="X11" s="205"/>
+      <c r="Y11" s="205"/>
       <c r="AN11" s="2"/>
     </row>
-    <row r="12" spans="1:94" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:94" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="92">
         <v>1</v>
       </c>
-      <c r="B12" s="175" t="s">
-[...3 lines deleted...]
-      <c r="D12" s="177"/>
+      <c r="B12" s="189" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" s="190"/>
+      <c r="D12" s="191"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="92" t="str">
         <f t="shared" ref="H12:I14" si="0">X12</f>
         <v/>
       </c>
       <c r="I12" s="92" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="J12" s="38"/>
       <c r="K12" s="67"/>
       <c r="L12" s="68"/>
-      <c r="M12" s="159" t="str">
+      <c r="M12" s="171" t="str">
         <f>IF(AND(NOT(R12),NOT(S12)),"Privaloma pasirinkti lietuvių kalbos B arba A kursą",IF(AND(R12,S12),"Galima rinktis tik A arba B kursą",""))</f>
         <v>Privaloma pasirinkti lietuvių kalbos B arba A kursą</v>
       </c>
-      <c r="N12" s="159"/>
-[...1 lines deleted...]
-      <c r="Q12" s="117" t="str">
+      <c r="N12" s="171"/>
+      <c r="O12" s="171"/>
+      <c r="Q12" s="116" t="str">
         <f>B12</f>
-        <v>Lietuvių kalba ir literatūra</v>
+        <v>Lietuvių kalba ir literatūra (B kursas su moduliu Nr.1)</v>
       </c>
       <c r="R12" s="2" t="b">
         <v>0</v>
       </c>
       <c r="S12" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T12" s="24">
         <f>IF((R12 +S12)*NOT(R12*S12),1,0)</f>
         <v>0</v>
       </c>
       <c r="W12" s="24" t="str">
         <f>IF(T12=1,IF(R12,"B","A"),"")</f>
         <v/>
       </c>
       <c r="X12" s="24" t="str">
-        <f>IF($W12="B",4,IF($W12="A",6,""))</f>
+        <f>IF($W12="B",5,IF($W12="A",6,""))</f>
         <v/>
       </c>
       <c r="Y12" s="24" t="str">
-        <f>IF($W12="B",4,IF($W12="A",6,""))</f>
+        <f>IF($W12="B",5,IF($W12="A",6,""))</f>
         <v/>
       </c>
       <c r="AN12" s="2"/>
     </row>
-    <row r="13" spans="1:94" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:94" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="92">
         <v>2</v>
       </c>
-      <c r="B13" s="175" t="s">
-[...3 lines deleted...]
-      <c r="D13" s="177"/>
+      <c r="B13" s="189" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" s="190"/>
+      <c r="D13" s="191"/>
       <c r="E13" s="49"/>
       <c r="F13" s="45"/>
       <c r="G13" s="45"/>
       <c r="H13" s="92" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="I13" s="92" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="J13" s="50"/>
       <c r="K13" s="67"/>
       <c r="L13" s="68"/>
-      <c r="M13" s="159" t="str">
+      <c r="M13" s="171" t="str">
         <f>IF(AND(NOT(R13),NOT(S13)),"Privaloma pasirinkti matematikos B arba A kursą",IF(AND(R13,S13),"Galima rinktis tik A arba B kursą",""))</f>
         <v>Privaloma pasirinkti matematikos B arba A kursą</v>
       </c>
-      <c r="N13" s="159"/>
-[...1 lines deleted...]
-      <c r="Q13" s="117" t="str">
+      <c r="N13" s="171"/>
+      <c r="O13" s="171"/>
+      <c r="Q13" s="116" t="str">
         <f t="shared" ref="Q13:Q14" si="1">B13</f>
         <v>Matematika</v>
       </c>
       <c r="R13" s="2" t="b">
         <v>0</v>
       </c>
       <c r="S13" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T13" s="24">
         <f>IF((R13 +S13)*NOT(R13*S13),1,0)</f>
         <v>0</v>
       </c>
       <c r="W13" s="24" t="str">
         <f>IF(T13=1,IF(R13,"B","A"),"")</f>
         <v/>
       </c>
       <c r="X13" s="24" t="str">
         <f>IF($W13="B",4,IF($W13="A",6,""))</f>
         <v/>
       </c>
       <c r="Y13" s="24" t="str">
         <f>IF($W13="B",4,IF($W13="A",6,""))</f>
         <v/>
       </c>
       <c r="AN13" s="2"/>
     </row>
-    <row r="14" spans="1:94" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:94" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="86">
         <v>3</v>
       </c>
-      <c r="B14" s="175" t="s">
-[...3 lines deleted...]
-      <c r="D14" s="177"/>
+      <c r="B14" s="189" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="190"/>
+      <c r="D14" s="191"/>
       <c r="E14" s="90"/>
       <c r="F14" s="18"/>
       <c r="G14" s="18"/>
       <c r="H14" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="I14" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J14" s="222"/>
-      <c r="K14" s="223"/>
+      <c r="J14" s="232"/>
+      <c r="K14" s="233"/>
       <c r="L14" s="68"/>
-      <c r="M14" s="159" t="str">
+      <c r="M14" s="171" t="str">
         <f>IF(T14=0,"Privaloma pasirinkti fizinį ugdymą ","")</f>
         <v xml:space="preserve">Privaloma pasirinkti fizinį ugdymą </v>
       </c>
-      <c r="N14" s="159"/>
-[...2 lines deleted...]
-      <c r="Q14" s="117" t="str">
+      <c r="N14" s="171"/>
+      <c r="O14" s="171"/>
+      <c r="P14" s="140"/>
+      <c r="Q14" s="116" t="str">
         <f t="shared" si="1"/>
         <v>Fizinis ugdymas</v>
       </c>
       <c r="S14" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T14" s="24">
         <f>IF(S14,1,0)</f>
         <v>0</v>
       </c>
       <c r="V14" s="24"/>
       <c r="X14" s="24" t="str">
         <f>IF($T14=1,3,"")</f>
         <v/>
       </c>
       <c r="Y14" s="24" t="str">
         <f>IF($T14=1,3,"")</f>
         <v/>
       </c>
       <c r="AN14" s="2"/>
     </row>
     <row r="15" spans="1:94" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="20"/>
       <c r="B15" s="20"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="20"/>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="66"/>
       <c r="L15" s="66"/>
       <c r="M15" s="6"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="T15" s="24"/>
       <c r="V15" s="24"/>
       <c r="X15" s="24" t="str">
         <f t="shared" ref="X15:Y45" si="2">IF($T15=1,3,"")</f>
         <v/>
       </c>
       <c r="Y15" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN15" s="2"/>
     </row>
     <row r="16" spans="1:94" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="189" t="s">
-[...10 lines deleted...]
-      <c r="J16" s="191"/>
+      <c r="A16" s="193" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="194"/>
+      <c r="C16" s="194"/>
+      <c r="D16" s="194"/>
+      <c r="E16" s="194"/>
+      <c r="F16" s="194"/>
+      <c r="G16" s="194"/>
+      <c r="H16" s="194"/>
+      <c r="I16" s="194"/>
+      <c r="J16" s="195"/>
       <c r="K16" s="69"/>
       <c r="L16" s="55"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="23"/>
-      <c r="Q16" s="116"/>
+      <c r="Q16" s="115"/>
       <c r="T16" s="24"/>
       <c r="V16" s="24"/>
       <c r="X16" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y16" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN16" s="2"/>
     </row>
     <row r="17" spans="1:40" ht="24.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="162" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="186" t="s">
+      <c r="A17" s="177" t="s">
+        <v>55</v>
+      </c>
+      <c r="B17" s="173" t="s">
         <v>4</v>
       </c>
-      <c r="C17" s="186" t="s">
+      <c r="C17" s="173" t="s">
         <v>5</v>
       </c>
-      <c r="D17" s="186"/>
-      <c r="E17" s="192" t="s">
+      <c r="D17" s="173"/>
+      <c r="E17" s="196" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" s="196" t="s">
         <v>35</v>
       </c>
-      <c r="F17" s="192" t="s">
+      <c r="G17" s="196" t="s">
         <v>36</v>
       </c>
-      <c r="G17" s="192" t="s">
-[...2 lines deleted...]
-      <c r="H17" s="186" t="s">
+      <c r="H17" s="173" t="s">
         <v>7</v>
       </c>
-      <c r="I17" s="186"/>
-[...1 lines deleted...]
-        <v>60</v>
+      <c r="I17" s="173"/>
+      <c r="J17" s="207" t="s">
+        <v>59</v>
       </c>
       <c r="K17" s="69"/>
       <c r="L17" s="55"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="23"/>
-      <c r="Q17" s="116"/>
+      <c r="Q17" s="115"/>
       <c r="T17" s="24"/>
       <c r="V17" s="24"/>
       <c r="X17" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y17" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN17" s="2"/>
     </row>
     <row r="18" spans="1:40" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="164"/>
-[...5 lines deleted...]
-      <c r="G18" s="192"/>
+      <c r="A18" s="179"/>
+      <c r="B18" s="173"/>
+      <c r="C18" s="173"/>
+      <c r="D18" s="173"/>
+      <c r="E18" s="196"/>
+      <c r="F18" s="196"/>
+      <c r="G18" s="196"/>
       <c r="H18" s="39" t="s">
         <v>15</v>
       </c>
       <c r="I18" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="J18" s="204"/>
+      <c r="J18" s="208"/>
       <c r="K18" s="69"/>
       <c r="L18" s="55"/>
       <c r="M18" s="6"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="23"/>
-      <c r="Q18" s="116"/>
+      <c r="Q18" s="115"/>
       <c r="T18" s="24"/>
       <c r="V18" s="24"/>
       <c r="X18" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y18" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN18" s="2"/>
     </row>
-    <row r="19" spans="1:40" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="164">
+    <row r="19" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="179">
         <v>4</v>
       </c>
-      <c r="B19" s="162" t="s">
+      <c r="B19" s="177" t="s">
         <v>17</v>
       </c>
-      <c r="C19" s="166" t="s">
+      <c r="C19" s="172" t="s">
         <v>18</v>
       </c>
-      <c r="D19" s="166"/>
+      <c r="D19" s="172"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
       <c r="G19" s="11"/>
       <c r="H19" s="94" t="str">
         <f t="shared" ref="H19:I21" si="3">X19</f>
         <v/>
       </c>
       <c r="I19" s="94" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="69"/>
       <c r="L19" s="66"/>
-      <c r="M19" s="159" t="str">
+      <c r="M19" s="171" t="str">
         <f>IF(SUM(T19:T20)=0,"Privaloma pasirinkti vieną šios mokslų grupės dalyką",IF(AND(S19,S20),"Galima rinktis tik vieną šios mokslų grupės dalyką",""))</f>
         <v>Privaloma pasirinkti vieną šios mokslų grupės dalyką</v>
       </c>
-      <c r="N19" s="159"/>
-      <c r="O19" s="159"/>
+      <c r="N19" s="171"/>
+      <c r="O19" s="171"/>
       <c r="P19" s="4"/>
-      <c r="Q19" s="117" t="str">
+      <c r="Q19" s="116" t="str">
         <f>C19</f>
         <v>Tikyba</v>
       </c>
       <c r="S19" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T19" s="24">
         <f t="shared" ref="T19:T42" si="4">IF(S19,1,0)</f>
         <v>0</v>
       </c>
-      <c r="U19" s="185">
+      <c r="U19" s="170">
         <f>IF(SUM(T19:T20)=1,1,0)</f>
         <v>0</v>
       </c>
       <c r="V19" s="24"/>
       <c r="X19" s="24" t="str">
         <f>IF($U$19=1,IF($T19=1,1,""),"")</f>
         <v/>
       </c>
       <c r="Y19" s="24" t="str">
         <f>IF($U$19=1,IF($T19=1,1,""),"")</f>
         <v/>
       </c>
       <c r="AN19" s="2"/>
     </row>
-    <row r="20" spans="1:40" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C20" s="187" t="s">
+    <row r="20" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="173"/>
+      <c r="B20" s="179"/>
+      <c r="C20" s="174" t="s">
         <v>19</v>
       </c>
-      <c r="D20" s="187"/>
+      <c r="D20" s="174"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="93" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="I20" s="93" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="69"/>
       <c r="L20" s="66"/>
-      <c r="M20" s="159"/>
-[...1 lines deleted...]
-      <c r="O20" s="159"/>
+      <c r="M20" s="171"/>
+      <c r="N20" s="171"/>
+      <c r="O20" s="171"/>
       <c r="P20" s="4"/>
-      <c r="Q20" s="117" t="str">
+      <c r="Q20" s="116" t="str">
         <f>C20</f>
         <v>Etika</v>
       </c>
       <c r="S20" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T20" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U20" s="185"/>
+      <c r="U20" s="170"/>
       <c r="V20" s="24"/>
       <c r="X20" s="24" t="str">
         <f>IF($U$19=1,IF($T20=1,1,""),"")</f>
         <v/>
       </c>
       <c r="Y20" s="24" t="str">
         <f>IF($U$19=1,IF($T20=1,1,""),"")</f>
         <v/>
       </c>
       <c r="AN20" s="2"/>
     </row>
     <row r="21" spans="1:40" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="162">
+      <c r="A21" s="177">
         <v>5</v>
       </c>
-      <c r="B21" s="162" t="s">
-[...9 lines deleted...]
-      <c r="H21" s="162" t="str">
+      <c r="B21" s="177" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" s="182" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" s="183"/>
+      <c r="E21" s="237"/>
+      <c r="F21" s="237"/>
+      <c r="G21" s="237"/>
+      <c r="H21" s="177" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="I21" s="162" t="str">
+      <c r="I21" s="177" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="J21" s="224"/>
+      <c r="J21" s="234"/>
       <c r="K21" s="69"/>
-      <c r="M21" s="159" t="str">
+      <c r="M21" s="171" t="str">
         <f>IF(SUM(T21:T24)=0,"Privaloma pasirinkti anglų kalbos dalyką","")</f>
         <v>Privaloma pasirinkti anglų kalbos dalyką</v>
       </c>
-      <c r="N21" s="159"/>
-      <c r="O21" s="159"/>
+      <c r="N21" s="171"/>
+      <c r="O21" s="171"/>
       <c r="P21" s="23"/>
-      <c r="Q21" s="117" t="str">
+      <c r="Q21" s="116" t="str">
         <f t="shared" ref="Q21:Q24" si="5">C21</f>
-        <v xml:space="preserve">Užsienio kalba B2 (ANGLŲ) (su moduliu nr. 4) </v>
+        <v xml:space="preserve">Užsienio kalba B2 (ANGLŲ) (su moduliu nr. 7) </v>
       </c>
       <c r="S21" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T21" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U21" s="185"/>
+      <c r="U21" s="170"/>
       <c r="V21" s="24"/>
       <c r="X21" s="24" t="str">
         <f>IF($T21=1,4,"")</f>
         <v/>
       </c>
       <c r="Y21" s="24" t="str">
         <f>IF($T21=1,4,"")</f>
         <v/>
       </c>
       <c r="AN21" s="2"/>
     </row>
-    <row r="22" spans="1:40" ht="8.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J22" s="225"/>
+    <row r="22" spans="1:40" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="178"/>
+      <c r="B22" s="178"/>
+      <c r="C22" s="184"/>
+      <c r="D22" s="185"/>
+      <c r="E22" s="238"/>
+      <c r="F22" s="238"/>
+      <c r="G22" s="238"/>
+      <c r="H22" s="178"/>
+      <c r="I22" s="178"/>
+      <c r="J22" s="235"/>
       <c r="K22" s="69"/>
       <c r="L22" s="100"/>
-      <c r="M22" s="159"/>
-[...1 lines deleted...]
-      <c r="O22" s="159"/>
+      <c r="M22" s="171"/>
+      <c r="N22" s="171"/>
+      <c r="O22" s="171"/>
       <c r="P22" s="23"/>
-      <c r="Q22" s="117">
+      <c r="Q22" s="116">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="S22" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T22" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U22" s="185"/>
+      <c r="U22" s="170"/>
       <c r="V22" s="24"/>
       <c r="X22" s="24" t="str">
         <f t="shared" ref="X22:Y24" si="6">IF($T22=1,3,"")</f>
         <v/>
       </c>
       <c r="Y22" s="24" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="AN22" s="2"/>
     </row>
     <row r="23" spans="1:40" ht="0.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="163"/>
-[...8 lines deleted...]
-      <c r="J23" s="225"/>
+      <c r="A23" s="178"/>
+      <c r="B23" s="178"/>
+      <c r="C23" s="184"/>
+      <c r="D23" s="185"/>
+      <c r="E23" s="238"/>
+      <c r="F23" s="238"/>
+      <c r="G23" s="238"/>
+      <c r="H23" s="178"/>
+      <c r="I23" s="178"/>
+      <c r="J23" s="235"/>
       <c r="K23" s="69"/>
       <c r="L23" s="100"/>
-      <c r="M23" s="159"/>
-[...1 lines deleted...]
-      <c r="O23" s="159"/>
+      <c r="M23" s="171"/>
+      <c r="N23" s="171"/>
+      <c r="O23" s="171"/>
       <c r="P23" s="23"/>
-      <c r="Q23" s="117">
+      <c r="Q23" s="116">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="S23" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T23" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U23" s="185"/>
+      <c r="U23" s="170"/>
       <c r="V23" s="24"/>
       <c r="X23" s="24" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="Y23" s="24" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="AN23" s="2"/>
     </row>
     <row r="24" spans="1:40" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="164"/>
-[...8 lines deleted...]
-      <c r="J24" s="226"/>
+      <c r="A24" s="179"/>
+      <c r="B24" s="179"/>
+      <c r="C24" s="186"/>
+      <c r="D24" s="187"/>
+      <c r="E24" s="239"/>
+      <c r="F24" s="239"/>
+      <c r="G24" s="239"/>
+      <c r="H24" s="179"/>
+      <c r="I24" s="179"/>
+      <c r="J24" s="236"/>
       <c r="K24" s="69"/>
-      <c r="L24" s="132"/>
-[...2 lines deleted...]
-      <c r="O24" s="159"/>
+      <c r="L24" s="131"/>
+      <c r="M24" s="171"/>
+      <c r="N24" s="171"/>
+      <c r="O24" s="171"/>
       <c r="P24" s="23"/>
-      <c r="Q24" s="117">
+      <c r="Q24" s="116">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="S24" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T24" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U24" s="185"/>
+      <c r="U24" s="170"/>
       <c r="V24" s="24"/>
       <c r="X24" s="24" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="Y24" s="24" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="AN24" s="2"/>
     </row>
     <row r="25" spans="1:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="162">
+      <c r="A25" s="177">
         <v>6</v>
       </c>
-      <c r="B25" s="162" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="166" t="s">
+      <c r="B25" s="177" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="172" t="s">
         <v>22</v>
       </c>
-      <c r="D25" s="166"/>
+      <c r="D25" s="172"/>
       <c r="E25" s="11"/>
       <c r="F25" s="11"/>
       <c r="G25" s="11"/>
       <c r="H25" s="94" t="str">
         <f t="shared" ref="H25:H42" si="7">X25</f>
         <v/>
       </c>
       <c r="I25" s="94" t="str">
         <f t="shared" ref="I25:I42" si="8">Y25</f>
         <v/>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="69"/>
       <c r="L25" s="68"/>
-      <c r="M25" s="159" t="str">
+      <c r="M25" s="171" t="str">
         <f>IF(SUM(T25:T29)=0,"Privaloma pasirinkti bent vieną šios mokslų grupės dalyką","")</f>
         <v>Privaloma pasirinkti bent vieną šios mokslų grupės dalyką</v>
       </c>
-      <c r="N25" s="159"/>
-      <c r="O25" s="159"/>
+      <c r="N25" s="171"/>
+      <c r="O25" s="171"/>
       <c r="P25" s="4"/>
-      <c r="Q25" s="117" t="str">
+      <c r="Q25" s="116" t="str">
         <f>C25</f>
         <v>Biologija</v>
       </c>
       <c r="S25" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T25" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U25" s="185">
+      <c r="U25" s="170">
         <f>IF(SUM(T25:T29)&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="V25" s="24"/>
       <c r="X25" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y25" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN25" s="2"/>
     </row>
     <row r="26" spans="1:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="163"/>
-[...1 lines deleted...]
-      <c r="C26" s="161" t="s">
+      <c r="A26" s="178"/>
+      <c r="B26" s="178"/>
+      <c r="C26" s="176" t="s">
         <v>23</v>
       </c>
-      <c r="D26" s="161"/>
+      <c r="D26" s="176"/>
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="96" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I26" s="96" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J26" s="19"/>
       <c r="K26" s="69"/>
       <c r="L26" s="68"/>
-      <c r="M26" s="159"/>
-[...1 lines deleted...]
-      <c r="O26" s="159"/>
+      <c r="M26" s="171"/>
+      <c r="N26" s="171"/>
+      <c r="O26" s="171"/>
       <c r="P26" s="4"/>
-      <c r="Q26" s="117" t="str">
+      <c r="Q26" s="116" t="str">
         <f>C26</f>
         <v>Chemija</v>
       </c>
       <c r="S26" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T26" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U26" s="185"/>
+      <c r="U26" s="170"/>
       <c r="V26" s="24"/>
       <c r="X26" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y26" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN26" s="2"/>
     </row>
     <row r="27" spans="1:40" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="163"/>
-[...4 lines deleted...]
-      <c r="D27" s="161"/>
+      <c r="A27" s="178"/>
+      <c r="B27" s="178"/>
+      <c r="C27" s="176" t="s">
+        <v>82</v>
+      </c>
+      <c r="D27" s="176"/>
       <c r="E27" s="16"/>
       <c r="F27" s="16"/>
       <c r="G27" s="16"/>
       <c r="H27" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I27" s="95" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J27" s="19"/>
       <c r="K27" s="69"/>
       <c r="L27" s="68"/>
-      <c r="M27" s="159"/>
-[...1 lines deleted...]
-      <c r="O27" s="159"/>
+      <c r="M27" s="171"/>
+      <c r="N27" s="171"/>
+      <c r="O27" s="171"/>
       <c r="P27" s="4"/>
-      <c r="Q27" s="117" t="str">
+      <c r="Q27" s="116" t="str">
         <f>C27</f>
         <v>Fizika</v>
       </c>
       <c r="S27" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T27" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U27" s="185"/>
+      <c r="U27" s="170"/>
       <c r="V27" s="24"/>
       <c r="X27" s="24" t="str">
         <f>IF($T27=1,3,"")</f>
         <v/>
       </c>
       <c r="Y27" s="24" t="str">
         <f>IF($T27=1,3,"")</f>
         <v/>
       </c>
       <c r="AN27" s="2"/>
     </row>
     <row r="28" spans="1:40" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="163"/>
-[...4 lines deleted...]
-      <c r="D28" s="165"/>
+      <c r="A28" s="178"/>
+      <c r="B28" s="178"/>
+      <c r="C28" s="180" t="s">
+        <v>101</v>
+      </c>
+      <c r="D28" s="180"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
-      <c r="G28" s="129"/>
+      <c r="G28" s="128"/>
       <c r="H28" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="I28" s="131" t="str">
+      <c r="I28" s="130" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
-      <c r="J28" s="130"/>
+      <c r="J28" s="129"/>
       <c r="K28" s="69"/>
-      <c r="M28" s="159"/>
-[...2 lines deleted...]
-      <c r="Q28" s="117" t="str">
+      <c r="M28" s="171"/>
+      <c r="N28" s="171"/>
+      <c r="O28" s="171"/>
+      <c r="Q28" s="116" t="str">
         <f>C28</f>
-        <v>Informatika (su moduliu nr. 7)</v>
+        <v>Informatika (su moduliu nr. 9)</v>
       </c>
       <c r="S28" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T28" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U28" s="185"/>
+      <c r="U28" s="170"/>
       <c r="V28" s="24"/>
       <c r="X28" s="24" t="str">
         <f>IF($T28=1,4,"")</f>
         <v/>
       </c>
       <c r="Y28" s="24" t="str">
         <f>IF($T28=1,4,"")</f>
         <v/>
       </c>
       <c r="AN28" s="2"/>
     </row>
     <row r="29" spans="1:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="164"/>
-[...7 lines deleted...]
-      <c r="G29" s="134"/>
+      <c r="A29" s="179"/>
+      <c r="B29" s="179"/>
+      <c r="C29" s="197" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" s="197"/>
+      <c r="E29" s="128"/>
+      <c r="F29" s="128"/>
+      <c r="G29" s="133"/>
       <c r="H29" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="I29" s="131" t="str">
+      <c r="I29" s="130" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J29" s="87"/>
       <c r="K29" s="69"/>
-      <c r="M29" s="159"/>
-[...2 lines deleted...]
-      <c r="Q29" s="117" t="str">
+      <c r="M29" s="171"/>
+      <c r="N29" s="171"/>
+      <c r="O29" s="171"/>
+      <c r="Q29" s="116" t="str">
         <f>C29</f>
         <v>Inžinerinės technologijos</v>
       </c>
       <c r="S29" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T29" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U29" s="185"/>
+      <c r="U29" s="170"/>
       <c r="V29" s="24"/>
       <c r="X29" s="24" t="str">
         <f>IF($T29=1,3,"")</f>
         <v/>
       </c>
       <c r="Y29" s="24" t="str">
         <f>IF($T29=1,3,"")</f>
         <v/>
       </c>
       <c r="AN29" s="2"/>
     </row>
     <row r="30" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="162">
+      <c r="A30" s="177">
         <v>7</v>
       </c>
-      <c r="B30" s="162" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="166" t="s">
+      <c r="B30" s="177" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" s="172" t="s">
         <v>20</v>
       </c>
-      <c r="D30" s="166"/>
+      <c r="D30" s="172"/>
       <c r="E30" s="51"/>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="92" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I30" s="92" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J30" s="52"/>
       <c r="K30" s="69"/>
       <c r="L30" s="68"/>
-      <c r="M30" s="194" t="str">
+      <c r="M30" s="198" t="str">
         <f>IF(SUM(T30:T33)=0,"Privaloma pasirinkti bent vieną šios mokslų grupės dalyką","")</f>
         <v>Privaloma pasirinkti bent vieną šios mokslų grupės dalyką</v>
       </c>
-      <c r="N30" s="194"/>
-      <c r="O30" s="194"/>
+      <c r="N30" s="198"/>
+      <c r="O30" s="198"/>
       <c r="P30" s="4"/>
-      <c r="Q30" s="117" t="str">
+      <c r="Q30" s="116" t="str">
         <f t="shared" ref="Q30:Q41" si="9">C30</f>
         <v>Istorija</v>
       </c>
       <c r="S30" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T30" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U30" s="185">
+      <c r="U30" s="170">
         <f>IF(SUM(T30:T33)&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="V30" s="24"/>
       <c r="X30" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y30" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN30" s="2"/>
     </row>
     <row r="31" spans="1:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="163"/>
-[...1 lines deleted...]
-      <c r="C31" s="161" t="s">
+      <c r="A31" s="178"/>
+      <c r="B31" s="178"/>
+      <c r="C31" s="176" t="s">
         <v>21</v>
       </c>
-      <c r="D31" s="161"/>
+      <c r="D31" s="176"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="16"/>
       <c r="H31" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I31" s="95" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J31" s="19"/>
       <c r="K31" s="69"/>
       <c r="L31" s="68"/>
-      <c r="M31" s="194"/>
-[...1 lines deleted...]
-      <c r="O31" s="194"/>
+      <c r="M31" s="198"/>
+      <c r="N31" s="198"/>
+      <c r="O31" s="198"/>
       <c r="P31" s="4"/>
-      <c r="Q31" s="117" t="str">
+      <c r="Q31" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Geografija</v>
       </c>
       <c r="S31" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T31" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U31" s="185"/>
+      <c r="U31" s="170"/>
       <c r="V31" s="24"/>
       <c r="X31" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y31" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN31" s="2"/>
     </row>
     <row r="32" spans="1:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="163"/>
-[...4 lines deleted...]
-      <c r="D32" s="167"/>
+      <c r="A32" s="178"/>
+      <c r="B32" s="178"/>
+      <c r="C32" s="181" t="s">
+        <v>42</v>
+      </c>
+      <c r="D32" s="181"/>
       <c r="E32" s="16"/>
-      <c r="F32" s="129"/>
+      <c r="F32" s="128"/>
       <c r="G32" s="16"/>
       <c r="H32" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I32" s="95" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
-      <c r="J32" s="130"/>
+      <c r="J32" s="129"/>
       <c r="K32" s="69"/>
       <c r="L32" s="100"/>
-      <c r="M32" s="194"/>
-[...1 lines deleted...]
-      <c r="O32" s="194"/>
+      <c r="M32" s="198"/>
+      <c r="N32" s="198"/>
+      <c r="O32" s="198"/>
       <c r="P32" s="23"/>
-      <c r="Q32" s="117" t="str">
+      <c r="Q32" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Ekonomika ir verslumas</v>
       </c>
       <c r="S32" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T32" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U32" s="185"/>
+      <c r="U32" s="170"/>
       <c r="V32" s="24"/>
       <c r="X32" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y32" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN32" s="2"/>
     </row>
     <row r="33" spans="1:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="164"/>
-[...7 lines deleted...]
-      <c r="G33" s="129"/>
+      <c r="A33" s="179"/>
+      <c r="B33" s="179"/>
+      <c r="C33" s="181" t="s">
+        <v>69</v>
+      </c>
+      <c r="D33" s="181"/>
+      <c r="E33" s="128"/>
+      <c r="F33" s="133"/>
+      <c r="G33" s="128"/>
       <c r="H33" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I33" s="95" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J33" s="87"/>
       <c r="K33" s="69"/>
       <c r="L33" s="100"/>
-      <c r="M33" s="194"/>
-[...1 lines deleted...]
-      <c r="O33" s="194"/>
+      <c r="M33" s="198"/>
+      <c r="N33" s="198"/>
+      <c r="O33" s="198"/>
       <c r="P33" s="23"/>
-      <c r="Q33" s="117" t="str">
+      <c r="Q33" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Filosofija</v>
       </c>
       <c r="S33" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T33" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U33" s="185"/>
+      <c r="U33" s="170"/>
       <c r="V33" s="24"/>
       <c r="X33" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y33" s="24" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN33" s="2"/>
     </row>
     <row r="34" spans="1:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="162">
+      <c r="A34" s="177">
         <v>8</v>
       </c>
-      <c r="B34" s="162" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="166" t="s">
+      <c r="B34" s="177" t="s">
+        <v>66</v>
+      </c>
+      <c r="C34" s="172" t="s">
         <v>24</v>
       </c>
-      <c r="D34" s="166"/>
+      <c r="D34" s="172"/>
       <c r="E34" s="11"/>
       <c r="F34" s="80"/>
       <c r="G34" s="11"/>
       <c r="H34" s="94" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I34" s="94" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J34" s="13"/>
       <c r="K34" s="69"/>
       <c r="L34" s="66"/>
-      <c r="M34" s="159" t="str">
+      <c r="M34" s="171" t="str">
         <f>IF(SUM(T34:T41)=0,"Privaloma pasirinkti bent vieną šios mokslų grupės dalyką","")</f>
         <v>Privaloma pasirinkti bent vieną šios mokslų grupės dalyką</v>
       </c>
-      <c r="N34" s="159"/>
-      <c r="O34" s="159"/>
+      <c r="N34" s="171"/>
+      <c r="O34" s="171"/>
       <c r="P34" s="4"/>
-      <c r="Q34" s="117" t="str">
+      <c r="Q34" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Dailė</v>
       </c>
       <c r="S34" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T34" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U34" s="185">
+      <c r="U34" s="170">
         <f>IF(SUM(T34:T41)&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="V34" s="24"/>
       <c r="X34" s="24" t="str">
         <f>IF($T34=1,2,"")</f>
         <v/>
       </c>
       <c r="Y34" s="24" t="str">
         <f>IF($T34=1,2,"")</f>
         <v/>
       </c>
       <c r="AN34" s="2"/>
     </row>
     <row r="35" spans="1:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="163"/>
-[...1 lines deleted...]
-      <c r="C35" s="161" t="s">
+      <c r="A35" s="178"/>
+      <c r="B35" s="178"/>
+      <c r="C35" s="176" t="s">
         <v>25</v>
       </c>
-      <c r="D35" s="161"/>
+      <c r="D35" s="176"/>
       <c r="E35" s="16"/>
       <c r="F35" s="81"/>
       <c r="G35" s="16"/>
       <c r="H35" s="96" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I35" s="96" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J35" s="44"/>
       <c r="K35" s="69"/>
       <c r="L35" s="66"/>
-      <c r="M35" s="159"/>
-[...1 lines deleted...]
-      <c r="O35" s="159"/>
+      <c r="M35" s="171"/>
+      <c r="N35" s="171"/>
+      <c r="O35" s="171"/>
       <c r="P35" s="4"/>
-      <c r="Q35" s="117" t="str">
+      <c r="Q35" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Muzika</v>
       </c>
       <c r="S35" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T35" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U35" s="185"/>
+      <c r="U35" s="170"/>
       <c r="V35" s="24"/>
       <c r="X35" s="24" t="str">
         <f t="shared" ref="X35:Y41" si="10">IF($T35=1,2,"")</f>
         <v/>
       </c>
       <c r="Y35" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="AN35" s="2"/>
     </row>
     <row r="36" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="163"/>
-[...4 lines deleted...]
-      <c r="D36" s="161"/>
+      <c r="A36" s="178"/>
+      <c r="B36" s="178"/>
+      <c r="C36" s="176" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" s="176"/>
       <c r="E36" s="16"/>
       <c r="F36" s="81"/>
       <c r="G36" s="16"/>
       <c r="H36" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I36" s="95" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J36" s="19"/>
       <c r="K36" s="69"/>
       <c r="L36" s="66"/>
-      <c r="M36" s="159"/>
-[...1 lines deleted...]
-      <c r="O36" s="159"/>
+      <c r="M36" s="171"/>
+      <c r="N36" s="171"/>
+      <c r="O36" s="171"/>
       <c r="P36" s="4"/>
-      <c r="Q36" s="117" t="str">
+      <c r="Q36" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Šokis</v>
       </c>
       <c r="S36" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T36" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U36" s="185"/>
+      <c r="U36" s="170"/>
       <c r="V36" s="24"/>
       <c r="X36" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="Y36" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="AN36" s="2"/>
     </row>
     <row r="37" spans="1:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="163"/>
-[...1 lines deleted...]
-      <c r="C37" s="161" t="s">
+      <c r="A37" s="178"/>
+      <c r="B37" s="178"/>
+      <c r="C37" s="176" t="s">
         <v>26</v>
       </c>
-      <c r="D37" s="161"/>
+      <c r="D37" s="176"/>
       <c r="E37" s="16"/>
       <c r="F37" s="81"/>
       <c r="G37" s="16"/>
       <c r="H37" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I37" s="95" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J37" s="19"/>
       <c r="K37" s="69"/>
       <c r="L37" s="66"/>
-      <c r="M37" s="159"/>
-[...1 lines deleted...]
-      <c r="O37" s="159"/>
+      <c r="M37" s="171"/>
+      <c r="N37" s="171"/>
+      <c r="O37" s="171"/>
       <c r="P37" s="4"/>
-      <c r="Q37" s="117" t="str">
+      <c r="Q37" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Teatras</v>
       </c>
       <c r="S37" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T37" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U37" s="185"/>
+      <c r="U37" s="170"/>
       <c r="V37" s="24"/>
       <c r="X37" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="Y37" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="AN37" s="2"/>
     </row>
     <row r="38" spans="1:40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="163"/>
-[...4 lines deleted...]
-      <c r="D38" s="161"/>
+      <c r="A38" s="178"/>
+      <c r="B38" s="178"/>
+      <c r="C38" s="176" t="s">
+        <v>48</v>
+      </c>
+      <c r="D38" s="176"/>
       <c r="E38" s="16"/>
       <c r="F38" s="81"/>
       <c r="G38" s="16"/>
       <c r="H38" s="96" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I38" s="96" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J38" s="19"/>
       <c r="K38" s="69"/>
       <c r="L38" s="66"/>
-      <c r="M38" s="159"/>
-[...1 lines deleted...]
-      <c r="O38" s="159"/>
+      <c r="M38" s="171"/>
+      <c r="N38" s="171"/>
+      <c r="O38" s="171"/>
       <c r="P38" s="4"/>
-      <c r="Q38" s="117" t="str">
+      <c r="Q38" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Medijų menas</v>
       </c>
       <c r="S38" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T38" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U38" s="185"/>
+      <c r="U38" s="170"/>
       <c r="V38" s="24"/>
       <c r="X38" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="Y38" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="AN38" s="2"/>
     </row>
     <row r="39" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="163"/>
-[...7 lines deleted...]
-      <c r="G39" s="126"/>
+      <c r="A39" s="178"/>
+      <c r="B39" s="178"/>
+      <c r="C39" s="176" t="s">
+        <v>50</v>
+      </c>
+      <c r="D39" s="176"/>
+      <c r="E39" s="132"/>
+      <c r="F39" s="125"/>
+      <c r="G39" s="125"/>
       <c r="H39" s="96" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I39" s="96" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J39" s="44"/>
       <c r="K39" s="69"/>
       <c r="L39" s="66"/>
-      <c r="M39" s="159"/>
-[...1 lines deleted...]
-      <c r="O39" s="159"/>
+      <c r="M39" s="171"/>
+      <c r="N39" s="171"/>
+      <c r="O39" s="171"/>
       <c r="P39" s="4"/>
-      <c r="Q39" s="117" t="str">
+      <c r="Q39" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Taikomosios technologijos (tekstilė)</v>
       </c>
       <c r="S39" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T39" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U39" s="185"/>
+      <c r="U39" s="170"/>
       <c r="V39" s="24"/>
       <c r="X39" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="Y39" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="AN39" s="2"/>
     </row>
     <row r="40" spans="1:40" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="163"/>
-[...7 lines deleted...]
-      <c r="G40" s="135"/>
+      <c r="A40" s="178"/>
+      <c r="B40" s="178"/>
+      <c r="C40" s="181" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="181"/>
+      <c r="E40" s="134"/>
+      <c r="F40" s="134"/>
+      <c r="G40" s="134"/>
       <c r="H40" s="95" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="I40" s="95" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J40" s="19"/>
       <c r="K40" s="69"/>
       <c r="L40" s="66"/>
-      <c r="M40" s="159"/>
-[...1 lines deleted...]
-      <c r="O40" s="159"/>
+      <c r="M40" s="171"/>
+      <c r="N40" s="171"/>
+      <c r="O40" s="171"/>
       <c r="P40" s="4"/>
-      <c r="Q40" s="117" t="str">
+      <c r="Q40" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Taikomosios technologijos (dizainas)</v>
       </c>
       <c r="S40" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T40" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U40" s="185"/>
+      <c r="U40" s="170"/>
       <c r="V40" s="24"/>
       <c r="X40" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="Y40" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="AN40" s="2"/>
     </row>
     <row r="41" spans="1:40" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="164"/>
-[...4 lines deleted...]
-      <c r="D41" s="187"/>
+      <c r="A41" s="179"/>
+      <c r="B41" s="179"/>
+      <c r="C41" s="174" t="s">
+        <v>49</v>
+      </c>
+      <c r="D41" s="174"/>
       <c r="E41" s="14"/>
       <c r="F41" s="14"/>
       <c r="G41" s="14"/>
-      <c r="H41" s="127" t="str">
+      <c r="H41" s="126" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="I41" s="127" t="str">
+      <c r="I41" s="126" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J41" s="15"/>
       <c r="K41" s="69"/>
       <c r="L41" s="66"/>
-      <c r="M41" s="128"/>
-[...1 lines deleted...]
-      <c r="O41" s="128"/>
+      <c r="M41" s="127"/>
+      <c r="N41" s="127"/>
+      <c r="O41" s="127"/>
       <c r="P41" s="4"/>
-      <c r="Q41" s="117" t="str">
+      <c r="Q41" s="116" t="str">
         <f t="shared" si="9"/>
         <v>Taikomosios technologijos (mityba)</v>
       </c>
       <c r="S41" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T41" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="U41" s="185"/>
+      <c r="U41" s="170"/>
       <c r="V41" s="24"/>
       <c r="X41" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="Y41" s="24" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="AN41" s="2"/>
     </row>
     <row r="42" spans="1:40" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="127">
+      <c r="A42" s="126">
         <v>9</v>
       </c>
-      <c r="B42" s="214" t="s">
-[...3 lines deleted...]
-      <c r="D42" s="216"/>
+      <c r="B42" s="224" t="s">
+        <v>87</v>
+      </c>
+      <c r="C42" s="225"/>
+      <c r="D42" s="226"/>
       <c r="E42" s="14"/>
       <c r="F42" s="14"/>
       <c r="G42" s="14"/>
-      <c r="H42" s="127" t="str">
+      <c r="H42" s="126" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="I42" s="127" t="str">
+      <c r="I42" s="126" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="J42" s="15"/>
       <c r="K42" s="69"/>
       <c r="L42" s="66"/>
-      <c r="M42" s="128"/>
-[...1 lines deleted...]
-      <c r="O42" s="128"/>
+      <c r="M42" s="127"/>
+      <c r="N42" s="127"/>
+      <c r="O42" s="127"/>
       <c r="P42" s="4"/>
-      <c r="Q42" s="117" t="str">
+      <c r="Q42" s="116" t="str">
         <f>B42</f>
         <v>Brandos darbas (neprivaloma, bet galima rinktis)</v>
       </c>
       <c r="S42" s="2" t="b">
         <v>0</v>
       </c>
       <c r="T42" s="24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U42" s="24"/>
       <c r="V42" s="24"/>
       <c r="X42" s="24" t="str">
         <f>IF($T42=1,0.5,"")</f>
         <v/>
       </c>
       <c r="Y42" s="24" t="str">
         <f>IF($T42=1,1,"")</f>
         <v/>
       </c>
       <c r="AN42" s="2"/>
     </row>
     <row r="43" spans="1:40" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="85"/>
       <c r="B43" s="85"/>
       <c r="C43" s="25"/>
       <c r="D43" s="25"/>
       <c r="E43" s="25"/>
       <c r="F43" s="25"/>
       <c r="G43" s="25"/>
       <c r="H43" s="85"/>
       <c r="I43" s="85"/>
       <c r="J43" s="23"/>
       <c r="K43" s="68"/>
       <c r="L43" s="68"/>
       <c r="T43" s="24"/>
       <c r="V43" s="24"/>
       <c r="X43" s="24"/>
       <c r="Y43" s="24"/>
       <c r="AN43" s="2"/>
     </row>
     <row r="44" spans="1:40" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="189" t="s">
-[...12 lines deleted...]
-      <c r="L44" s="123"/>
+      <c r="A44" s="193" t="s">
+        <v>51</v>
+      </c>
+      <c r="B44" s="194"/>
+      <c r="C44" s="194"/>
+      <c r="D44" s="194"/>
+      <c r="E44" s="194"/>
+      <c r="F44" s="194"/>
+      <c r="G44" s="194"/>
+      <c r="H44" s="194"/>
+      <c r="I44" s="194"/>
+      <c r="J44" s="195"/>
+      <c r="K44" s="122"/>
+      <c r="L44" s="122"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
       <c r="O44" s="6"/>
-      <c r="Q44" s="144"/>
-[...10 lines deleted...]
-      <c r="Y44" s="146" t="str">
+      <c r="Q44" s="141"/>
+      <c r="R44" s="142"/>
+      <c r="S44" s="142"/>
+      <c r="T44" s="143"/>
+      <c r="U44" s="142"/>
+      <c r="V44" s="143"/>
+      <c r="W44" s="143"/>
+      <c r="X44" s="143" t="str">
+        <f t="shared" ref="X44:Y61" si="11">IF($T44=1,3,"")</f>
+        <v/>
+      </c>
+      <c r="Y44" s="143" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="AN44" s="2"/>
     </row>
     <row r="45" spans="1:40" ht="24.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="162" t="s">
-[...2 lines deleted...]
-      <c r="B45" s="195" t="s">
+      <c r="A45" s="177" t="s">
+        <v>55</v>
+      </c>
+      <c r="B45" s="199" t="s">
         <v>5</v>
       </c>
-      <c r="C45" s="196"/>
-[...1 lines deleted...]
-      <c r="E45" s="192" t="s">
+      <c r="C45" s="200"/>
+      <c r="D45" s="201"/>
+      <c r="E45" s="196" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" s="196" t="s">
         <v>35</v>
       </c>
-      <c r="F45" s="192" t="s">
+      <c r="G45" s="196" t="s">
         <v>36</v>
       </c>
-      <c r="G45" s="192" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="186" t="s">
+      <c r="H45" s="173" t="s">
         <v>7</v>
       </c>
-      <c r="I45" s="186"/>
-[...3 lines deleted...]
-      <c r="K45" s="124"/>
+      <c r="I45" s="173"/>
+      <c r="J45" s="207" t="s">
+        <v>59</v>
+      </c>
+      <c r="K45" s="123"/>
       <c r="L45" s="6"/>
       <c r="M45" s="6"/>
       <c r="N45" s="6"/>
       <c r="O45" s="6"/>
       <c r="P45" s="23"/>
-      <c r="Q45" s="147"/>
-[...6 lines deleted...]
-      <c r="X45" s="146" t="str">
+      <c r="Q45" s="144"/>
+      <c r="R45" s="142"/>
+      <c r="S45" s="142"/>
+      <c r="T45" s="143"/>
+      <c r="U45" s="142"/>
+      <c r="V45" s="143"/>
+      <c r="W45" s="143"/>
+      <c r="X45" s="143" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y45" s="146" t="str">
+      <c r="Y45" s="143" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AN45" s="2"/>
     </row>
     <row r="46" spans="1:40" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="164"/>
-[...5 lines deleted...]
-      <c r="G46" s="192"/>
+      <c r="A46" s="179"/>
+      <c r="B46" s="202"/>
+      <c r="C46" s="203"/>
+      <c r="D46" s="204"/>
+      <c r="E46" s="196"/>
+      <c r="F46" s="196"/>
+      <c r="G46" s="196"/>
       <c r="H46" s="39" t="s">
         <v>15</v>
       </c>
       <c r="I46" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="J46" s="204"/>
-      <c r="K46" s="124"/>
+      <c r="J46" s="208"/>
+      <c r="K46" s="123"/>
       <c r="L46" s="6"/>
       <c r="M46" s="6"/>
       <c r="N46" s="6"/>
       <c r="O46" s="6"/>
       <c r="P46" s="23"/>
-      <c r="Q46" s="147"/>
-[...6 lines deleted...]
-      <c r="X46" s="146" t="str">
+      <c r="Q46" s="144"/>
+      <c r="R46" s="142"/>
+      <c r="S46" s="142"/>
+      <c r="T46" s="143"/>
+      <c r="U46" s="142"/>
+      <c r="V46" s="143"/>
+      <c r="W46" s="143"/>
+      <c r="X46" s="143" t="str">
         <f t="shared" ref="X46:Y46" si="12">IF($T46=1,3,"")</f>
         <v/>
       </c>
-      <c r="Y46" s="146" t="str">
+      <c r="Y46" s="143" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="AN46" s="2"/>
     </row>
     <row r="47" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="86">
         <v>10</v>
       </c>
-      <c r="B47" s="213" t="s">
-[...3 lines deleted...]
-      <c r="D47" s="213"/>
+      <c r="B47" s="220" t="s">
+        <v>52</v>
+      </c>
+      <c r="C47" s="220"/>
+      <c r="D47" s="220"/>
       <c r="E47" s="26"/>
       <c r="F47" s="26"/>
       <c r="G47" s="91"/>
       <c r="H47" s="86" t="str">
         <f>+X47</f>
         <v/>
       </c>
       <c r="I47" s="86" t="str">
         <f>+Y47</f>
         <v/>
       </c>
       <c r="J47" s="103"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
-      <c r="Q47" s="144" t="str">
+      <c r="Q47" s="141" t="str">
         <f>B47</f>
         <v>Astronomija</v>
       </c>
-      <c r="R47" s="145"/>
-      <c r="S47" s="145" t="b">
+      <c r="R47" s="142"/>
+      <c r="S47" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T47" s="146">
-        <f t="shared" ref="T47:T54" si="13">IF(S47,1,0)</f>
+      <c r="T47" s="143">
+        <f t="shared" ref="T47:T57" si="13">IF(S47,1,0)</f>
         <v>0</v>
       </c>
-      <c r="U47" s="145"/>
-[...2 lines deleted...]
-      <c r="X47" s="146" t="str">
+      <c r="U47" s="142"/>
+      <c r="V47" s="143"/>
+      <c r="W47" s="143"/>
+      <c r="X47" s="143" t="str">
         <f>IF($T47=1,1,"")</f>
         <v/>
       </c>
-      <c r="Y47" s="146" t="str">
+      <c r="Y47" s="143" t="str">
         <f>IF($T47=1,1,"")</f>
         <v/>
       </c>
       <c r="AN47" s="2"/>
     </row>
     <row r="48" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="86">
         <v>11</v>
       </c>
-      <c r="B48" s="205" t="s">
-[...3 lines deleted...]
-      <c r="D48" s="205"/>
+      <c r="B48" s="212" t="s">
+        <v>73</v>
+      </c>
+      <c r="C48" s="212"/>
+      <c r="D48" s="212"/>
       <c r="E48" s="26"/>
       <c r="F48" s="26"/>
       <c r="G48" s="91"/>
       <c r="H48" s="86" t="str">
-        <f t="shared" ref="H48:H54" si="14">X48</f>
+        <f t="shared" ref="H48:H57" si="14">X48</f>
         <v/>
       </c>
       <c r="I48" s="86" t="str">
-        <f t="shared" ref="I48:I54" si="15">Y48</f>
+        <f t="shared" ref="I48:I57" si="15">Y48</f>
         <v/>
       </c>
       <c r="J48" s="103"/>
       <c r="K48" s="2"/>
       <c r="L48" s="2"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
-      <c r="Q48" s="144" t="str">
-        <f t="shared" ref="Q48:Q54" si="16">B48</f>
+      <c r="Q48" s="141" t="str">
+        <f>B48</f>
         <v>Geografinės informacinės sistemos</v>
       </c>
-      <c r="R48" s="145"/>
-      <c r="S48" s="145" t="b">
+      <c r="R48" s="142"/>
+      <c r="S48" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T48" s="146">
+      <c r="T48" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U48" s="145"/>
-[...7 lines deleted...]
-        <f t="shared" si="17"/>
+      <c r="U48" s="142"/>
+      <c r="V48" s="143"/>
+      <c r="W48" s="143"/>
+      <c r="X48" s="143" t="str">
+        <f t="shared" ref="X48:Y54" si="16">IF($T48=1,1,"")</f>
+        <v/>
+      </c>
+      <c r="Y48" s="143" t="str">
+        <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="AN48" s="2"/>
     </row>
-    <row r="49" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="86">
         <v>12</v>
       </c>
-      <c r="B49" s="205" t="s">
-[...3 lines deleted...]
-      <c r="D49" s="205"/>
+      <c r="B49" s="212" t="s">
+        <v>89</v>
+      </c>
+      <c r="C49" s="212"/>
+      <c r="D49" s="212"/>
       <c r="E49" s="26"/>
       <c r="F49" s="26"/>
       <c r="G49" s="91"/>
       <c r="H49" s="86" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="I49" s="86" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
       <c r="J49" s="103"/>
       <c r="K49" s="2"/>
       <c r="L49" s="2"/>
       <c r="M49" s="6"/>
       <c r="N49" s="6"/>
       <c r="O49" s="6"/>
-      <c r="Q49" s="144" t="str">
-[...4 lines deleted...]
-      <c r="S49" s="145" t="b">
+      <c r="Q49" s="141" t="str">
+        <f>B49</f>
+        <v>Nacionalinis saugumo ir krašto gynyba</v>
+      </c>
+      <c r="R49" s="142"/>
+      <c r="S49" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T49" s="146">
+      <c r="T49" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U49" s="145"/>
-[...7 lines deleted...]
-        <f t="shared" si="17"/>
+      <c r="U49" s="142"/>
+      <c r="V49" s="143"/>
+      <c r="W49" s="143"/>
+      <c r="X49" s="143" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="Y49" s="143" t="str">
+        <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="AN49" s="2"/>
     </row>
-    <row r="50" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="86">
         <v>13</v>
       </c>
-      <c r="B50" s="205" t="s">
+      <c r="B50" s="212" t="s">
         <v>27</v>
       </c>
-      <c r="C50" s="205"/>
-      <c r="D50" s="205"/>
+      <c r="C50" s="212"/>
+      <c r="D50" s="212"/>
       <c r="E50" s="26"/>
       <c r="F50" s="26"/>
       <c r="G50" s="91"/>
       <c r="H50" s="86" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="I50" s="86" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
       <c r="J50" s="103"/>
       <c r="K50" s="2"/>
       <c r="L50" s="2"/>
       <c r="M50" s="6"/>
       <c r="N50" s="6"/>
       <c r="O50" s="6"/>
-      <c r="Q50" s="144" t="str">
-        <f t="shared" si="16"/>
+      <c r="Q50" s="141" t="str">
+        <f t="shared" ref="Q50:Q58" si="17">B50</f>
         <v>Psichologija</v>
       </c>
-      <c r="R50" s="145"/>
-      <c r="S50" s="145" t="b">
+      <c r="R50" s="142"/>
+      <c r="S50" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T50" s="146">
+      <c r="T50" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U50" s="145"/>
-[...7 lines deleted...]
-        <f t="shared" si="17"/>
+      <c r="U50" s="142"/>
+      <c r="V50" s="143"/>
+      <c r="W50" s="143"/>
+      <c r="X50" s="143" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="Y50" s="143" t="str">
+        <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="AN50" s="2"/>
     </row>
-    <row r="51" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="86">
         <v>14</v>
       </c>
-      <c r="B51" s="205" t="s">
-[...3 lines deleted...]
-      <c r="D51" s="205"/>
+      <c r="B51" s="212" t="s">
+        <v>74</v>
+      </c>
+      <c r="C51" s="212"/>
+      <c r="D51" s="212"/>
       <c r="E51" s="26"/>
       <c r="F51" s="26"/>
       <c r="G51" s="91"/>
       <c r="H51" s="86" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="I51" s="86" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="J51" s="136"/>
+      <c r="J51" s="103"/>
       <c r="K51" s="2"/>
       <c r="L51" s="2"/>
       <c r="M51" s="6"/>
       <c r="N51" s="6"/>
       <c r="O51" s="6"/>
-      <c r="Q51" s="144" t="str">
-        <f t="shared" si="16"/>
+      <c r="Q51" s="141" t="str">
+        <f t="shared" si="17"/>
         <v>Teisė</v>
       </c>
-      <c r="R51" s="145"/>
-      <c r="S51" s="145" t="b">
+      <c r="R51" s="142"/>
+      <c r="S51" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T51" s="146">
+      <c r="T51" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U51" s="145"/>
-[...7 lines deleted...]
-        <f t="shared" si="17"/>
+      <c r="U51" s="142"/>
+      <c r="V51" s="143"/>
+      <c r="W51" s="143"/>
+      <c r="X51" s="143" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="Y51" s="143" t="str">
+        <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="AN51" s="2"/>
     </row>
-    <row r="52" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="86">
         <v>15</v>
       </c>
-      <c r="B52" s="205" t="s">
-[...3 lines deleted...]
-      <c r="D52" s="205"/>
+      <c r="B52" s="212" t="s">
+        <v>94</v>
+      </c>
+      <c r="C52" s="212"/>
+      <c r="D52" s="212"/>
       <c r="E52" s="26"/>
       <c r="F52" s="26"/>
-      <c r="G52" s="26"/>
+      <c r="G52" s="91"/>
       <c r="H52" s="86" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="I52" s="86" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="J52" s="139"/>
+      <c r="J52" s="103"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
       <c r="O52" s="6"/>
-      <c r="Q52" s="144" t="str">
-[...4 lines deleted...]
-      <c r="S52" s="145" t="b">
+      <c r="Q52" s="141" t="str">
+        <f t="shared" si="17"/>
+        <v>Užsienio kalba (ispanų)</v>
+      </c>
+      <c r="R52" s="142"/>
+      <c r="S52" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T52" s="146">
+      <c r="T52" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U52" s="145"/>
-[...7 lines deleted...]
-        <f>IF($T52=1,2,"")</f>
+      <c r="U52" s="142"/>
+      <c r="V52" s="143"/>
+      <c r="W52" s="143"/>
+      <c r="X52" s="143" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="Y52" s="143" t="str">
+        <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="AN52" s="2"/>
     </row>
-    <row r="53" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="86">
         <v>16</v>
       </c>
-      <c r="B53" s="205" t="s">
-[...3 lines deleted...]
-      <c r="D53" s="205"/>
+      <c r="B53" s="212" t="s">
+        <v>70</v>
+      </c>
+      <c r="C53" s="212"/>
+      <c r="D53" s="212"/>
       <c r="E53" s="26"/>
       <c r="F53" s="26"/>
-      <c r="G53" s="26"/>
+      <c r="G53" s="91"/>
       <c r="H53" s="86" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="I53" s="86" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="J53" s="139"/>
+      <c r="J53" s="135"/>
       <c r="K53" s="2"/>
       <c r="L53" s="2"/>
       <c r="M53" s="6"/>
       <c r="N53" s="6"/>
       <c r="O53" s="6"/>
-      <c r="Q53" s="144" t="str">
-        <f t="shared" si="16"/>
+      <c r="Q53" s="141" t="str">
+        <f t="shared" si="17"/>
         <v>Užsienio kalba (vokiečių)</v>
       </c>
-      <c r="R53" s="145"/>
-      <c r="S53" s="145" t="b">
+      <c r="R53" s="142"/>
+      <c r="S53" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T53" s="146">
+      <c r="T53" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U53" s="145"/>
-[...7 lines deleted...]
-        <f t="shared" si="18"/>
+      <c r="U53" s="142"/>
+      <c r="V53" s="143"/>
+      <c r="W53" s="143"/>
+      <c r="X53" s="143" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="Y53" s="143" t="str">
+        <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="AN53" s="2"/>
     </row>
-    <row r="54" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="86">
         <v>17</v>
       </c>
-      <c r="B54" s="205" t="s">
-[...3 lines deleted...]
-      <c r="D54" s="205"/>
+      <c r="B54" s="212" t="s">
+        <v>71</v>
+      </c>
+      <c r="C54" s="212"/>
+      <c r="D54" s="212"/>
       <c r="E54" s="26"/>
       <c r="F54" s="26"/>
-      <c r="G54" s="26"/>
+      <c r="G54" s="91"/>
       <c r="H54" s="86" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="I54" s="86" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="J54" s="139"/>
+      <c r="J54" s="135"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="6"/>
       <c r="N54" s="6"/>
       <c r="O54" s="6"/>
-      <c r="Q54" s="144" t="str">
-        <f t="shared" si="16"/>
+      <c r="Q54" s="141" t="str">
+        <f t="shared" si="17"/>
         <v>Užsienio kalba (prancūzų)</v>
       </c>
-      <c r="R54" s="145"/>
-      <c r="S54" s="145" t="b">
+      <c r="R54" s="151"/>
+      <c r="S54" s="151" t="b">
         <v>0</v>
       </c>
-      <c r="T54" s="146">
+      <c r="T54" s="152">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U54" s="145"/>
-[...7 lines deleted...]
-        <f t="shared" si="18"/>
+      <c r="U54" s="151"/>
+      <c r="V54" s="152"/>
+      <c r="W54" s="152"/>
+      <c r="X54" s="143" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="Y54" s="143" t="str">
+        <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="AN54" s="2"/>
     </row>
-    <row r="55" spans="1:94" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="L55" s="121"/>
+    <row r="55" spans="1:40" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="86">
+        <v>18</v>
+      </c>
+      <c r="B55" s="212" t="s">
+        <v>67</v>
+      </c>
+      <c r="C55" s="212"/>
+      <c r="D55" s="212"/>
+      <c r="E55" s="26"/>
+      <c r="F55" s="26"/>
+      <c r="G55" s="26"/>
+      <c r="H55" s="86" t="str">
+        <f t="shared" si="14"/>
+        <v/>
+      </c>
+      <c r="I55" s="86" t="str">
+        <f t="shared" si="15"/>
+        <v/>
+      </c>
+      <c r="J55" s="136"/>
+      <c r="K55" s="2"/>
+      <c r="L55" s="2"/>
       <c r="M55" s="6"/>
       <c r="N55" s="6"/>
       <c r="O55" s="6"/>
-      <c r="Q55" s="144"/>
-[...11 lines deleted...]
-        <f t="shared" si="11"/>
+      <c r="Q55" s="141" t="str">
+        <f t="shared" si="17"/>
+        <v>Etninė kultūra</v>
+      </c>
+      <c r="R55" s="142"/>
+      <c r="S55" s="142" t="b">
+        <v>0</v>
+      </c>
+      <c r="T55" s="143">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="U55" s="142"/>
+      <c r="V55" s="143"/>
+      <c r="W55" s="143"/>
+      <c r="X55" s="143" t="str">
+        <f>IF($T55=1,1,"")</f>
+        <v/>
+      </c>
+      <c r="Y55" s="143" t="str">
+        <f>IF($T55=1,1,"")</f>
         <v/>
       </c>
       <c r="AN55" s="2"/>
     </row>
-    <row r="56" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="L56" s="121"/>
+    <row r="56" spans="1:40" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="150"/>
+      <c r="B56" s="155"/>
+      <c r="C56" s="155"/>
+      <c r="D56" s="155"/>
+      <c r="E56" s="156"/>
+      <c r="F56" s="156"/>
+      <c r="G56" s="156"/>
+      <c r="H56" s="150" t="str">
+        <f t="shared" si="14"/>
+        <v/>
+      </c>
+      <c r="I56" s="150" t="str">
+        <f t="shared" si="15"/>
+        <v/>
+      </c>
+      <c r="J56" s="157"/>
+      <c r="K56" s="2"/>
+      <c r="L56" s="2"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
       <c r="O56" s="6"/>
-      <c r="Q56" s="144"/>
-[...7 lines deleted...]
-      <c r="Y56" s="145"/>
+      <c r="Q56" s="141">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="R56" s="142"/>
+      <c r="S56" s="142" t="b">
+        <v>0</v>
+      </c>
+      <c r="T56" s="143">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="U56" s="142"/>
+      <c r="V56" s="143"/>
+      <c r="W56" s="143"/>
+      <c r="X56" s="143" t="str">
+        <f t="shared" ref="X56:Y57" si="18">IF($T56=1,2,"")</f>
+        <v/>
+      </c>
+      <c r="Y56" s="143" t="str">
+        <f t="shared" si="18"/>
+        <v/>
+      </c>
       <c r="AN56" s="2"/>
     </row>
-    <row r="57" spans="1:94" ht="24.4" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-      <c r="L57" s="121"/>
+    <row r="57" spans="1:40" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="20"/>
+      <c r="E57" s="153"/>
+      <c r="F57" s="153"/>
+      <c r="G57" s="153"/>
+      <c r="H57" s="20" t="str">
+        <f t="shared" si="14"/>
+        <v/>
+      </c>
+      <c r="I57" s="20" t="str">
+        <f t="shared" si="15"/>
+        <v/>
+      </c>
+      <c r="J57" s="154"/>
+      <c r="K57" s="2"/>
+      <c r="L57" s="2"/>
       <c r="M57" s="6"/>
       <c r="N57" s="6"/>
       <c r="O57" s="6"/>
-      <c r="Q57" s="144"/>
-[...11 lines deleted...]
-        <f t="shared" si="11"/>
+      <c r="Q57" s="141">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="R57" s="142"/>
+      <c r="S57" s="142" t="b">
+        <v>0</v>
+      </c>
+      <c r="T57" s="143">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="U57" s="142"/>
+      <c r="V57" s="143"/>
+      <c r="W57" s="143"/>
+      <c r="X57" s="143" t="str">
+        <f t="shared" si="18"/>
+        <v/>
+      </c>
+      <c r="Y57" s="143" t="str">
+        <f t="shared" si="18"/>
         <v/>
       </c>
       <c r="AN57" s="2"/>
     </row>
-    <row r="58" spans="1:94" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="L58" s="121"/>
+    <row r="58" spans="1:40" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="175"/>
+      <c r="B58" s="175"/>
+      <c r="C58" s="175"/>
+      <c r="D58" s="175"/>
+      <c r="E58" s="175"/>
+      <c r="F58" s="175"/>
+      <c r="G58" s="175"/>
+      <c r="H58" s="175"/>
+      <c r="I58" s="175"/>
+      <c r="J58" s="175"/>
+      <c r="K58" s="120"/>
+      <c r="L58" s="120"/>
       <c r="M58" s="6"/>
       <c r="N58" s="6"/>
       <c r="O58" s="6"/>
-      <c r="Q58" s="144"/>
-[...6 lines deleted...]
-      <c r="X58" s="146" t="str">
+      <c r="Q58" s="141">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="R58" s="142"/>
+      <c r="S58" s="142"/>
+      <c r="T58" s="143"/>
+      <c r="U58" s="142"/>
+      <c r="V58" s="143"/>
+      <c r="W58" s="143"/>
+      <c r="X58" s="143" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
-      <c r="Y58" s="146" t="str">
+      <c r="Y58" s="143" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="AN58" s="2"/>
     </row>
-    <row r="59" spans="1:94" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...37 lines deleted...]
-      </c>
+    <row r="59" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="193" t="s">
+        <v>62</v>
+      </c>
+      <c r="B59" s="194"/>
+      <c r="C59" s="194"/>
+      <c r="D59" s="194"/>
+      <c r="E59" s="194"/>
+      <c r="F59" s="194"/>
+      <c r="G59" s="194"/>
+      <c r="H59" s="194"/>
+      <c r="I59" s="194"/>
+      <c r="J59" s="195"/>
+      <c r="K59" s="120"/>
+      <c r="L59" s="120"/>
+      <c r="M59" s="6"/>
+      <c r="N59" s="6"/>
+      <c r="O59" s="6"/>
+      <c r="Q59" s="141"/>
+      <c r="R59" s="142"/>
+      <c r="S59" s="142"/>
+      <c r="T59" s="143"/>
+      <c r="U59" s="142"/>
+      <c r="V59" s="143"/>
+      <c r="W59" s="143"/>
+      <c r="X59" s="142"/>
+      <c r="Y59" s="142"/>
       <c r="AN59" s="2"/>
     </row>
-    <row r="60" spans="1:94" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...45 lines deleted...]
-        <f>IF($T60=1,1,"")</f>
+    <row r="60" spans="1:40" ht="24.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="177" t="s">
+        <v>55</v>
+      </c>
+      <c r="B60" s="213" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="200" t="s">
+        <v>53</v>
+      </c>
+      <c r="D60" s="201"/>
+      <c r="E60" s="196" t="s">
+        <v>34</v>
+      </c>
+      <c r="F60" s="196" t="s">
+        <v>35</v>
+      </c>
+      <c r="G60" s="196" t="s">
+        <v>36</v>
+      </c>
+      <c r="H60" s="173" t="s">
+        <v>7</v>
+      </c>
+      <c r="I60" s="173"/>
+      <c r="J60" s="207" t="s">
+        <v>59</v>
+      </c>
+      <c r="K60" s="120"/>
+      <c r="L60" s="120"/>
+      <c r="M60" s="6"/>
+      <c r="N60" s="6"/>
+      <c r="O60" s="6"/>
+      <c r="Q60" s="141"/>
+      <c r="R60" s="142"/>
+      <c r="S60" s="142"/>
+      <c r="T60" s="143"/>
+      <c r="U60" s="142"/>
+      <c r="V60" s="143"/>
+      <c r="W60" s="143"/>
+      <c r="X60" s="143" t="str">
+        <f t="shared" si="11"/>
+        <v/>
+      </c>
+      <c r="Y60" s="143" t="str">
+        <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="AN60" s="2"/>
     </row>
-    <row r="61" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...45 lines deleted...]
-        <f t="shared" si="22"/>
+    <row r="61" spans="1:40" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="179"/>
+      <c r="B61" s="214"/>
+      <c r="C61" s="203"/>
+      <c r="D61" s="204"/>
+      <c r="E61" s="196"/>
+      <c r="F61" s="196"/>
+      <c r="G61" s="196"/>
+      <c r="H61" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I61" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="J61" s="208"/>
+      <c r="K61" s="120"/>
+      <c r="L61" s="120"/>
+      <c r="M61" s="6"/>
+      <c r="N61" s="6"/>
+      <c r="O61" s="6"/>
+      <c r="Q61" s="141"/>
+      <c r="R61" s="142"/>
+      <c r="S61" s="142"/>
+      <c r="T61" s="143"/>
+      <c r="U61" s="142"/>
+      <c r="V61" s="143"/>
+      <c r="W61" s="143"/>
+      <c r="X61" s="143" t="str">
+        <f t="shared" si="11"/>
+        <v/>
+      </c>
+      <c r="Y61" s="143" t="str">
+        <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="AN61" s="2"/>
     </row>
-    <row r="62" spans="1:94" s="2" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D62" s="184"/>
+    <row r="62" spans="1:40" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="92"/>
+      <c r="B62" s="167"/>
+      <c r="C62" s="168"/>
+      <c r="D62" s="169"/>
       <c r="E62" s="17"/>
       <c r="F62" s="17"/>
       <c r="G62" s="17"/>
-      <c r="H62" s="92" t="str">
-[...7 lines deleted...]
-      <c r="J62" s="27"/>
+      <c r="H62" s="92"/>
+      <c r="I62" s="92"/>
+      <c r="J62" s="54"/>
       <c r="K62" s="33"/>
       <c r="L62" s="33"/>
-      <c r="M62" s="159"/>
-[...8 lines deleted...]
-      <c r="S62" s="145" t="b">
+      <c r="M62" s="171"/>
+      <c r="N62" s="171"/>
+      <c r="O62" s="171"/>
+      <c r="Q62" s="141">
+        <f>B62</f>
         <v>0</v>
       </c>
-      <c r="T62" s="146">
+      <c r="R62" s="142"/>
+      <c r="S62" s="142" t="b">
+        <v>0</v>
+      </c>
+      <c r="T62" s="143">
+        <f t="shared" ref="T62:T75" si="19">IF(S62,1,0)</f>
+        <v>0</v>
+      </c>
+      <c r="U62" s="142"/>
+      <c r="V62" s="143"/>
+      <c r="W62" s="143"/>
+      <c r="X62" s="143" t="str">
+        <f>IF($V62=1,IF($T62=1,1,""),"")</f>
+        <v/>
+      </c>
+      <c r="Y62" s="143" t="str">
+        <f>IF($V62=1,IF($T62=1,1,""),"")</f>
+        <v/>
+      </c>
+      <c r="AN62" s="2"/>
+    </row>
+    <row r="63" spans="1:40" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="92">
+        <v>1</v>
+      </c>
+      <c r="B63" s="167" t="s">
+        <v>92</v>
+      </c>
+      <c r="C63" s="168"/>
+      <c r="D63" s="169"/>
+      <c r="E63" s="17"/>
+      <c r="F63" s="17"/>
+      <c r="G63" s="17"/>
+      <c r="H63" s="92" t="str">
+        <f t="shared" ref="H63:I75" si="20">X63</f>
+        <v/>
+      </c>
+      <c r="I63" s="92" t="str">
+        <f t="shared" si="20"/>
+        <v/>
+      </c>
+      <c r="J63" s="27"/>
+      <c r="K63" s="33"/>
+      <c r="L63" s="33"/>
+      <c r="M63" s="171"/>
+      <c r="N63" s="171"/>
+      <c r="O63" s="171"/>
+      <c r="Q63" s="141" t="str">
+        <f t="shared" ref="Q63:Q75" si="21">B63</f>
+        <v>Raštingumo spragų likvidavimas (lietuvių k. ir lit.) (įtrauktas į B kursą)</v>
+      </c>
+      <c r="R63" s="142"/>
+      <c r="S63" s="142" t="b">
+        <v>0</v>
+      </c>
+      <c r="T63" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U62" s="145"/>
-[...111 lines deleted...]
-        <f t="shared" si="22"/>
+      <c r="U63" s="142"/>
+      <c r="V63" s="143"/>
+      <c r="W63" s="143"/>
+      <c r="X63" s="143" t="str">
+        <f>IF($T63=1,1,"")</f>
+        <v/>
+      </c>
+      <c r="Y63" s="143" t="str">
+        <f>IF($T63=1,1,"")</f>
         <v/>
       </c>
       <c r="AN63" s="2"/>
     </row>
-    <row r="64" spans="1:94" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:40" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="92">
-        <v>5</v>
-[...5 lines deleted...]
-      <c r="D64" s="184"/>
+        <v>2</v>
+      </c>
+      <c r="B64" s="209" t="s">
+        <v>95</v>
+      </c>
+      <c r="C64" s="210"/>
+      <c r="D64" s="211"/>
       <c r="E64" s="17"/>
       <c r="F64" s="17"/>
       <c r="G64" s="17"/>
       <c r="H64" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="I64" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="J64" s="27"/>
       <c r="K64" s="33"/>
       <c r="L64" s="33"/>
-      <c r="M64" s="159"/>
-[...2 lines deleted...]
-      <c r="Q64" s="144" t="str">
+      <c r="M64" s="4"/>
+      <c r="N64" s="4"/>
+      <c r="O64" s="4"/>
+      <c r="Q64" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Sakytinio teksto produkavimo gebėjimų ugdymas(is) (anglų k.)</v>
-[...2 lines deleted...]
-      <c r="S64" s="145" t="b">
+        <v>Raštingumo spragų likvidavimas (lietuvių k. ir lit.) pasirenkamas A kursui)</v>
+      </c>
+      <c r="R64" s="142"/>
+      <c r="S64" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T64" s="146">
+      <c r="T64" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U64" s="145"/>
-[...7 lines deleted...]
-        <f t="shared" si="22"/>
+      <c r="U64" s="142"/>
+      <c r="V64" s="143"/>
+      <c r="W64" s="143"/>
+      <c r="X64" s="143" t="str">
+        <f>IF($T64=1,1,"")</f>
+        <v/>
+      </c>
+      <c r="Y64" s="143" t="str">
+        <f>IF($T64=1,1,"")</f>
         <v/>
       </c>
       <c r="AN64" s="2"/>
     </row>
-    <row r="65" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:94" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="92">
-        <v>6</v>
-[...8 lines deleted...]
-      <c r="G65" s="14"/>
+        <v>3</v>
+      </c>
+      <c r="B65" s="209" t="s">
+        <v>75</v>
+      </c>
+      <c r="C65" s="210"/>
+      <c r="D65" s="211"/>
+      <c r="E65" s="17"/>
+      <c r="F65" s="17"/>
+      <c r="G65" s="17"/>
       <c r="H65" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="I65" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="J65" s="53"/>
+      <c r="J65" s="27"/>
       <c r="K65" s="33"/>
       <c r="L65" s="33"/>
-      <c r="M65" s="159"/>
-[...2 lines deleted...]
-      <c r="Q65" s="144" t="str">
+      <c r="M65" s="171"/>
+      <c r="N65" s="171"/>
+      <c r="O65" s="171"/>
+      <c r="Q65" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Inžinerinė braižyba</v>
-[...2 lines deleted...]
-      <c r="S65" s="145" t="b">
+        <v>Literatūra ir kitos medijos (lietuvių k. ir lit.)</v>
+      </c>
+      <c r="R65" s="142"/>
+      <c r="S65" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T65" s="146">
+      <c r="T65" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U65" s="145"/>
-[...2 lines deleted...]
-      <c r="X65" s="146" t="str">
+      <c r="U65" s="142"/>
+      <c r="V65" s="143"/>
+      <c r="W65" s="143"/>
+      <c r="X65" s="143" t="str">
+        <f t="shared" ref="X65:Y76" si="22">IF($T65=1,1,"")</f>
+        <v/>
+      </c>
+      <c r="Y65" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y65" s="146" t="str">
-[...2 lines deleted...]
-      </c>
       <c r="AN65" s="2"/>
     </row>
-    <row r="66" spans="1:40" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:94" s="2" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="92">
-        <v>7</v>
-[...8 lines deleted...]
-      <c r="G66" s="14"/>
+        <v>4</v>
+      </c>
+      <c r="B66" s="209" t="s">
+        <v>76</v>
+      </c>
+      <c r="C66" s="210"/>
+      <c r="D66" s="211"/>
+      <c r="E66" s="17"/>
+      <c r="F66" s="17"/>
+      <c r="G66" s="17"/>
       <c r="H66" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="I66" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="J66" s="53"/>
+      <c r="J66" s="27"/>
       <c r="K66" s="33"/>
       <c r="L66" s="33"/>
-      <c r="M66" s="159"/>
-[...2 lines deleted...]
-      <c r="Q66" s="144" t="str">
+      <c r="M66" s="171"/>
+      <c r="N66" s="171"/>
+      <c r="O66" s="171"/>
+      <c r="P66" s="6"/>
+      <c r="Q66" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Duomenų tyrybos, programavimo ir saugaus elgesio pradmenys (įtrauktas į informatikos dalyką)</v>
-[...2 lines deleted...]
-      <c r="S66" s="145" t="b">
+        <v>Teksto kūrimo įgūdžių gilinimas (lietuvių k. ir lit.)</v>
+      </c>
+      <c r="R66" s="142"/>
+      <c r="S66" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T66" s="146">
+      <c r="T66" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U66" s="145"/>
-[...2 lines deleted...]
-      <c r="X66" s="146" t="str">
+      <c r="U66" s="142"/>
+      <c r="V66" s="143"/>
+      <c r="W66" s="143"/>
+      <c r="X66" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y66" s="146" t="str">
+      <c r="Y66" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="AN66" s="2"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO66" s="60"/>
+      <c r="AP66" s="60"/>
+      <c r="AQ66" s="60"/>
+      <c r="AR66" s="60"/>
+      <c r="AS66" s="60"/>
+      <c r="AT66" s="60"/>
+      <c r="AU66" s="60"/>
+      <c r="AV66" s="60"/>
+      <c r="AW66" s="60"/>
+      <c r="AX66" s="60"/>
+      <c r="AY66" s="60"/>
+      <c r="AZ66" s="60"/>
+      <c r="BA66" s="60"/>
+      <c r="BB66" s="60"/>
+      <c r="BC66" s="60"/>
+      <c r="BD66" s="60"/>
+      <c r="BE66" s="60"/>
+      <c r="BF66" s="60"/>
+      <c r="BG66" s="60"/>
+      <c r="BH66" s="60"/>
+      <c r="BI66" s="60"/>
+      <c r="BJ66" s="60"/>
+      <c r="BK66" s="60"/>
+      <c r="BL66" s="60"/>
+      <c r="BM66" s="60"/>
+      <c r="BN66" s="60"/>
+      <c r="BO66" s="60"/>
+      <c r="BP66" s="60"/>
+      <c r="BQ66" s="60"/>
+      <c r="BR66" s="60"/>
+      <c r="BS66" s="60"/>
+      <c r="BT66" s="60"/>
+      <c r="BU66" s="60"/>
+      <c r="BV66" s="60"/>
+      <c r="BW66" s="60"/>
+      <c r="BX66" s="60"/>
+      <c r="BY66" s="60"/>
+      <c r="BZ66" s="60"/>
+      <c r="CA66" s="60"/>
+      <c r="CB66" s="60"/>
+      <c r="CC66" s="60"/>
+      <c r="CD66" s="60"/>
+      <c r="CE66" s="60"/>
+      <c r="CF66" s="60"/>
+      <c r="CG66" s="60"/>
+      <c r="CH66" s="60"/>
+      <c r="CI66" s="60"/>
+      <c r="CJ66" s="60"/>
+      <c r="CK66" s="60"/>
+      <c r="CL66" s="60"/>
+      <c r="CM66" s="60"/>
+      <c r="CN66" s="60"/>
+      <c r="CO66" s="60"/>
+      <c r="CP66" s="60"/>
+    </row>
+    <row r="67" spans="1:94" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="92">
-        <v>8</v>
-[...10 lines deleted...]
-      <c r="G67" s="17"/>
+        <v>5</v>
+      </c>
+      <c r="B67" s="209" t="s">
+        <v>78</v>
+      </c>
+      <c r="C67" s="210" t="s">
+        <v>67</v>
+      </c>
+      <c r="D67" s="211"/>
+      <c r="E67" s="37"/>
+      <c r="F67" s="37"/>
+      <c r="G67" s="37"/>
       <c r="H67" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="I67" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="J67" s="27"/>
+      <c r="J67" s="147"/>
       <c r="K67" s="33"/>
       <c r="L67" s="33"/>
-      <c r="M67" s="4"/>
-[...2 lines deleted...]
-      <c r="Q67" s="144" t="str">
+      <c r="M67" s="171"/>
+      <c r="N67" s="171"/>
+      <c r="O67" s="171"/>
+      <c r="Q67" s="141" t="str">
         <f t="shared" si="21"/>
         <v>VBE uždavinių sprendimas ir analizė</v>
       </c>
-      <c r="R67" s="145"/>
-      <c r="S67" s="145" t="b">
+      <c r="R67" s="142"/>
+      <c r="S67" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T67" s="146">
+      <c r="T67" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U67" s="145"/>
-[...2 lines deleted...]
-      <c r="X67" s="146" t="str">
+      <c r="U67" s="142"/>
+      <c r="V67" s="143"/>
+      <c r="W67" s="143"/>
+      <c r="X67" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y67" s="146" t="str">
+      <c r="Y67" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
       <c r="AN67" s="2"/>
     </row>
-    <row r="68" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:94" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="92">
-        <v>9</v>
-[...5 lines deleted...]
-      <c r="D68" s="184"/>
+        <v>6</v>
+      </c>
+      <c r="B68" s="209" t="s">
+        <v>96</v>
+      </c>
+      <c r="C68" s="210" t="s">
+        <v>67</v>
+      </c>
+      <c r="D68" s="211"/>
       <c r="E68" s="17"/>
       <c r="F68" s="17"/>
       <c r="G68" s="17"/>
       <c r="H68" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="I68" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="J68" s="27"/>
       <c r="K68" s="33"/>
       <c r="L68" s="33"/>
-      <c r="M68" s="4"/>
-[...2 lines deleted...]
-      <c r="Q68" s="144" t="str">
+      <c r="M68" s="171"/>
+      <c r="N68" s="171"/>
+      <c r="O68" s="171"/>
+      <c r="Q68" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Istorijos šaltinių nagrinėjimas</v>
-[...2 lines deleted...]
-      <c r="S68" s="145" t="b">
+        <v>Olimpiadinių uždavinių sprendimas ir analizė</v>
+      </c>
+      <c r="R68" s="142"/>
+      <c r="S68" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T68" s="146">
+      <c r="T68" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U68" s="145"/>
-[...2 lines deleted...]
-      <c r="X68" s="146" t="str">
+      <c r="U68" s="142"/>
+      <c r="V68" s="143"/>
+      <c r="W68" s="143"/>
+      <c r="X68" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y68" s="146" t="str">
+      <c r="Y68" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
       <c r="AN68" s="2"/>
     </row>
-    <row r="69" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:94" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="92">
-        <v>10</v>
-[...9 lines deleted...]
-      <c r="H69" s="86" t="str">
+        <v>7</v>
+      </c>
+      <c r="B69" s="167" t="s">
+        <v>97</v>
+      </c>
+      <c r="C69" s="168"/>
+      <c r="D69" s="169"/>
+      <c r="E69" s="14"/>
+      <c r="F69" s="14"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="I69" s="86" t="str">
-[...3 lines deleted...]
-      <c r="J69" s="27"/>
+      <c r="I69" s="92"/>
+      <c r="J69" s="53"/>
       <c r="K69" s="33"/>
       <c r="L69" s="33"/>
-      <c r="M69" s="4"/>
-[...2 lines deleted...]
-      <c r="Q69" s="144" t="str">
+      <c r="M69" s="171"/>
+      <c r="N69" s="171"/>
+      <c r="O69" s="171"/>
+      <c r="Q69" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Eksperimentinė fizika</v>
-[...2 lines deleted...]
-      <c r="S69" s="145" t="b">
+        <v>Anglų kalbos akademinių gebėjimų ugdymas(is) (įtrauktas į anglų k dalyką)</v>
+      </c>
+      <c r="R69" s="142"/>
+      <c r="S69" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T69" s="146">
+      <c r="T69" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U69" s="145"/>
-[...2 lines deleted...]
-      <c r="X69" s="146" t="str">
+      <c r="U69" s="142"/>
+      <c r="V69" s="143"/>
+      <c r="W69" s="143"/>
+      <c r="X69" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y69" s="146" t="str">
+      <c r="Y69" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
       <c r="AN69" s="2"/>
     </row>
-    <row r="70" spans="1:40" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:94" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="92">
-        <v>11</v>
-[...9 lines deleted...]
-      <c r="H70" s="86" t="str">
+        <v>8</v>
+      </c>
+      <c r="B70" s="209" t="s">
+        <v>77</v>
+      </c>
+      <c r="C70" s="210"/>
+      <c r="D70" s="211"/>
+      <c r="E70" s="14"/>
+      <c r="F70" s="14"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="I70" s="86" t="str">
+      <c r="I70" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="J70" s="27"/>
+      <c r="J70" s="53"/>
       <c r="K70" s="33"/>
       <c r="L70" s="33"/>
-      <c r="M70" s="4"/>
-[...2 lines deleted...]
-      <c r="Q70" s="144" t="str">
+      <c r="M70" s="171"/>
+      <c r="N70" s="171"/>
+      <c r="O70" s="171"/>
+      <c r="Q70" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Kompozitinės medžiagos (chemija)</v>
-[...2 lines deleted...]
-      <c r="S70" s="145" t="b">
+        <v>Inžinerinė braižyba</v>
+      </c>
+      <c r="R70" s="142"/>
+      <c r="S70" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T70" s="146">
+      <c r="T70" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U70" s="145"/>
-[...2 lines deleted...]
-      <c r="X70" s="146" t="str">
+      <c r="U70" s="142"/>
+      <c r="V70" s="143"/>
+      <c r="W70" s="143"/>
+      <c r="X70" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y70" s="146" t="str">
+      <c r="Y70" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
       <c r="AN70" s="2"/>
     </row>
-    <row r="71" spans="1:40" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:94" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="92">
-        <v>12</v>
-[...7 lines deleted...]
-      <c r="F71" s="138"/>
+        <v>9</v>
+      </c>
+      <c r="B71" s="167" t="s">
+        <v>83</v>
+      </c>
+      <c r="C71" s="168"/>
+      <c r="D71" s="169"/>
+      <c r="E71" s="17"/>
+      <c r="F71" s="17"/>
       <c r="G71" s="17"/>
-      <c r="H71" s="86" t="str">
+      <c r="H71" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="I71" s="86" t="str">
+      <c r="I71" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="J71" s="104"/>
+      <c r="J71" s="27"/>
       <c r="K71" s="33"/>
       <c r="L71" s="33"/>
       <c r="M71" s="4"/>
       <c r="N71" s="4"/>
       <c r="O71" s="4"/>
-      <c r="Q71" s="144" t="str">
+      <c r="Q71" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Eksperimentinė chemija</v>
-[...2 lines deleted...]
-      <c r="S71" s="145" t="b">
+        <v>Duomenų tyrybos, programavimo ir saugaus elgesio pradmenys (įtrauktas į informatikos dalyką)</v>
+      </c>
+      <c r="R71" s="142"/>
+      <c r="S71" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T71" s="146">
+      <c r="T71" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U71" s="145"/>
-[...2 lines deleted...]
-      <c r="X71" s="146" t="str">
+      <c r="U71" s="142"/>
+      <c r="V71" s="143"/>
+      <c r="W71" s="145"/>
+      <c r="X71" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y71" s="146" t="str">
+      <c r="Y71" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
       <c r="AN71" s="2"/>
     </row>
-    <row r="72" spans="1:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="92">
-        <v>13</v>
-[...5 lines deleted...]
-      <c r="D72" s="184"/>
+        <v>10</v>
+      </c>
+      <c r="B72" s="209" t="s">
+        <v>90</v>
+      </c>
+      <c r="C72" s="210"/>
+      <c r="D72" s="211"/>
       <c r="E72" s="17"/>
       <c r="F72" s="17"/>
       <c r="G72" s="17"/>
-      <c r="H72" s="127" t="str">
+      <c r="H72" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
-      <c r="I72" s="127" t="str">
+      <c r="I72" s="92" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="J72" s="27"/>
       <c r="K72" s="33"/>
       <c r="L72" s="33"/>
       <c r="M72" s="4"/>
       <c r="N72" s="4"/>
       <c r="O72" s="4"/>
-      <c r="Q72" s="144" t="str">
+      <c r="Q72" s="141" t="str">
         <f t="shared" si="21"/>
-        <v>Eksperimentinė biologija</v>
-[...2 lines deleted...]
-      <c r="S72" s="145" t="b">
+        <v>Istorijos šaltinių nagrinėjimas</v>
+      </c>
+      <c r="R72" s="142"/>
+      <c r="S72" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="T72" s="146">
+      <c r="T72" s="143">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="U72" s="145"/>
-[...2 lines deleted...]
-      <c r="X72" s="146" t="str">
+      <c r="U72" s="142"/>
+      <c r="V72" s="143"/>
+      <c r="W72" s="145"/>
+      <c r="X72" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
-      <c r="Y72" s="146" t="str">
+      <c r="Y72" s="143" t="str">
         <f t="shared" si="22"/>
         <v/>
       </c>
       <c r="AN72" s="2"/>
     </row>
-    <row r="73" spans="1:40" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J73" s="43"/>
+    <row r="73" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="92">
+        <v>11</v>
+      </c>
+      <c r="B73" s="209" t="s">
+        <v>79</v>
+      </c>
+      <c r="C73" s="210"/>
+      <c r="D73" s="211"/>
+      <c r="E73" s="17"/>
+      <c r="F73" s="17"/>
+      <c r="G73" s="17"/>
+      <c r="H73" s="86" t="str">
+        <f t="shared" si="20"/>
+        <v/>
+      </c>
+      <c r="I73" s="86" t="str">
+        <f t="shared" si="20"/>
+        <v/>
+      </c>
+      <c r="J73" s="27"/>
       <c r="K73" s="33"/>
       <c r="L73" s="33"/>
       <c r="M73" s="4"/>
       <c r="N73" s="4"/>
       <c r="O73" s="4"/>
-      <c r="Q73" s="144"/>
-[...7 lines deleted...]
-      <c r="Y73" s="146"/>
+      <c r="Q73" s="141" t="str">
+        <f t="shared" si="21"/>
+        <v>Eksperimentinė fizika</v>
+      </c>
+      <c r="R73" s="142"/>
+      <c r="S73" s="142" t="b">
+        <v>0</v>
+      </c>
+      <c r="T73" s="143">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="U73" s="142"/>
+      <c r="V73" s="143"/>
+      <c r="W73" s="145"/>
+      <c r="X73" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
+      </c>
+      <c r="Y73" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
+      </c>
       <c r="AN73" s="2"/>
     </row>
-    <row r="74" spans="1:40" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-        <f>SUM((T12:T41),(T43:T54))</f>
+    <row r="74" spans="1:94" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="92">
+        <v>12</v>
+      </c>
+      <c r="B74" s="209" t="s">
+        <v>98</v>
+      </c>
+      <c r="C74" s="210"/>
+      <c r="D74" s="211"/>
+      <c r="E74" s="17"/>
+      <c r="F74" s="17"/>
+      <c r="G74" s="17"/>
+      <c r="H74" s="86" t="str">
+        <f t="shared" si="20"/>
+        <v/>
+      </c>
+      <c r="I74" s="86" t="str">
+        <f t="shared" si="20"/>
+        <v/>
+      </c>
+      <c r="J74" s="27"/>
+      <c r="K74" s="33"/>
+      <c r="L74" s="33"/>
+      <c r="M74" s="4"/>
+      <c r="N74" s="4"/>
+      <c r="O74" s="4"/>
+      <c r="Q74" s="141" t="str">
+        <f t="shared" si="21"/>
+        <v>Eksperimentinė chemija</v>
+      </c>
+      <c r="R74" s="142"/>
+      <c r="S74" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="X74" s="24">
-        <f>SUM(X12:X72)</f>
+      <c r="T74" s="143">
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="Y74" s="24">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="U74" s="142"/>
+      <c r="V74" s="143"/>
+      <c r="W74" s="145"/>
+      <c r="X74" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
+      </c>
+      <c r="Y74" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
       </c>
       <c r="AN74" s="2"/>
     </row>
-    <row r="75" spans="1:40" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E75" s="41"/>
+    <row r="75" spans="1:94" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="92">
+        <v>13</v>
+      </c>
+      <c r="B75" s="221" t="s">
+        <v>85</v>
+      </c>
+      <c r="C75" s="222"/>
+      <c r="D75" s="223"/>
+      <c r="E75" s="159"/>
       <c r="F75" s="41"/>
-      <c r="G75" s="41"/>
-[...4 lines deleted...]
-      <c r="L75" s="70"/>
+      <c r="G75" s="37"/>
+      <c r="H75" s="92" t="str">
+        <f t="shared" si="20"/>
+        <v/>
+      </c>
+      <c r="I75" s="92" t="str">
+        <f t="shared" si="20"/>
+        <v/>
+      </c>
+      <c r="J75" s="160"/>
+      <c r="K75" s="33"/>
+      <c r="L75" s="33"/>
       <c r="M75" s="4"/>
       <c r="N75" s="4"/>
       <c r="O75" s="4"/>
-      <c r="T75" s="24"/>
-[...6 lines deleted...]
-      <c r="C76" s="28" t="s">
+      <c r="Q75" s="141" t="str">
+        <f t="shared" si="21"/>
+        <v>Eksperimentinė biologija</v>
+      </c>
+      <c r="R75" s="142"/>
+      <c r="S75" s="142" t="b">
         <v>0</v>
       </c>
-      <c r="D76" s="1">
-        <f>N3</f>
+      <c r="T75" s="143">
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="E76" s="29"/>
-[...44 lines deleted...]
-      <c r="J78" s="32"/>
+      <c r="U75" s="142"/>
+      <c r="V75" s="143"/>
+      <c r="W75" s="145"/>
+      <c r="X75" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
+      </c>
+      <c r="Y75" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
+      </c>
+      <c r="AN75" s="2"/>
+    </row>
+    <row r="76" spans="1:94" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="150"/>
+      <c r="B76" s="161"/>
+      <c r="C76" s="161"/>
+      <c r="D76" s="161"/>
+      <c r="E76" s="158"/>
+      <c r="F76" s="158"/>
+      <c r="G76" s="158"/>
+      <c r="H76" s="150"/>
+      <c r="I76" s="150"/>
+      <c r="J76" s="162"/>
+      <c r="K76" s="33"/>
+      <c r="L76" s="33"/>
+      <c r="M76" s="4"/>
+      <c r="N76" s="4"/>
+      <c r="O76" s="4"/>
+      <c r="Q76" s="141"/>
+      <c r="R76" s="142"/>
+      <c r="S76" s="142"/>
+      <c r="T76" s="143"/>
+      <c r="U76" s="142"/>
+      <c r="V76" s="143"/>
+      <c r="W76" s="145"/>
+      <c r="X76" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
+      </c>
+      <c r="Y76" s="143" t="str">
+        <f t="shared" si="22"/>
+        <v/>
+      </c>
+      <c r="AN76" s="2"/>
+    </row>
+    <row r="77" spans="1:94" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="85"/>
+      <c r="B77" s="20"/>
+      <c r="C77" s="121"/>
+      <c r="D77" s="121"/>
+      <c r="E77" s="41"/>
+      <c r="F77" s="41"/>
+      <c r="G77" s="41"/>
+      <c r="H77" s="42"/>
+      <c r="I77" s="42"/>
+      <c r="J77" s="43"/>
+      <c r="K77" s="33"/>
+      <c r="L77" s="33"/>
+      <c r="M77" s="4"/>
+      <c r="N77" s="4"/>
+      <c r="O77" s="4"/>
+      <c r="Q77" s="141"/>
+      <c r="R77" s="142"/>
+      <c r="S77" s="142"/>
+      <c r="T77" s="143"/>
+      <c r="U77" s="142"/>
+      <c r="V77" s="145"/>
+      <c r="W77" s="145"/>
+      <c r="X77" s="143"/>
+      <c r="Y77" s="143"/>
+      <c r="AN77" s="2"/>
+    </row>
+    <row r="78" spans="1:94" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="175"/>
+      <c r="B78" s="175"/>
+      <c r="C78" s="175"/>
+      <c r="D78" s="175"/>
+      <c r="E78" s="175"/>
+      <c r="F78" s="175"/>
+      <c r="G78" s="175"/>
+      <c r="H78" s="175"/>
+      <c r="I78" s="175"/>
+      <c r="J78" s="175"/>
+      <c r="K78" s="66"/>
+      <c r="L78" s="66"/>
       <c r="M78" s="6"/>
       <c r="N78" s="6"/>
       <c r="O78" s="6"/>
-      <c r="Q78" s="116"/>
-[...4 lines deleted...]
-      <c r="B79" s="209"/>
+      <c r="T78" s="24"/>
+      <c r="V78" s="24"/>
+      <c r="W78" s="149">
+        <f>SUM((T12:T41),(T43:T57))</f>
+        <v>0</v>
+      </c>
+      <c r="X78" s="24">
+        <f>SUM(X12:X76)</f>
+        <v>0</v>
+      </c>
+      <c r="Y78" s="24">
+        <f>SUM(Y12:Y76)</f>
+        <v>0</v>
+      </c>
+      <c r="AN78" s="2"/>
+    </row>
+    <row r="79" spans="1:94" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="20"/>
+      <c r="B79" s="79"/>
+      <c r="C79" s="79"/>
       <c r="D79" s="79"/>
-      <c r="E79" s="31"/>
-[...13 lines deleted...]
-      <c r="B80" s="83"/>
+      <c r="E79" s="41"/>
+      <c r="F79" s="41"/>
+      <c r="G79" s="41"/>
+      <c r="H79" s="42"/>
+      <c r="I79" s="42"/>
+      <c r="J79" s="43"/>
+      <c r="K79" s="70"/>
+      <c r="L79" s="70"/>
+      <c r="M79" s="4"/>
+      <c r="N79" s="4"/>
+      <c r="O79" s="4"/>
+      <c r="T79" s="24"/>
+      <c r="V79" s="117"/>
+      <c r="W79" s="117"/>
+      <c r="X79" s="24"/>
+      <c r="Y79" s="24"/>
+    </row>
+    <row r="80" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="28" t="s">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="D80" s="1">
-        <f>N7</f>
+        <f>N3</f>
         <v>0</v>
       </c>
-      <c r="E80" s="32"/>
-[...5 lines deleted...]
-      <c r="M80" s="6"/>
+      <c r="E80" s="29"/>
+      <c r="F80" s="29"/>
+      <c r="G80" s="29"/>
+      <c r="H80" s="29"/>
+      <c r="I80" s="29"/>
+      <c r="J80" s="29"/>
+      <c r="K80" s="71"/>
+      <c r="L80" s="71"/>
+      <c r="M80" s="124"/>
       <c r="N80" s="6"/>
       <c r="O80" s="6"/>
-      <c r="Q80" s="116"/>
+      <c r="Q80" s="115"/>
       <c r="R80" s="24"/>
     </row>
-    <row r="81" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="D81" s="31"/>
+    <row r="81" spans="1:94" ht="7.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="215"/>
+      <c r="B81" s="216"/>
+      <c r="D81" s="79"/>
       <c r="E81" s="31"/>
       <c r="F81" s="31"/>
       <c r="G81" s="31"/>
       <c r="H81" s="31"/>
       <c r="I81" s="31"/>
       <c r="J81" s="31"/>
       <c r="M81" s="6"/>
       <c r="N81" s="6"/>
       <c r="O81" s="6"/>
-      <c r="Q81" s="116"/>
+      <c r="Q81" s="115"/>
+      <c r="R81" s="24"/>
     </row>
     <row r="82" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B82" s="28"/>
-[...9 lines deleted...]
-      <c r="L82" s="72"/>
+      <c r="A82" s="82"/>
+      <c r="B82" s="83"/>
+      <c r="C82" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="D82" s="1">
+        <f>N5</f>
+        <v>0</v>
+      </c>
+      <c r="E82" s="32"/>
+      <c r="F82" s="32"/>
+      <c r="G82" s="32"/>
+      <c r="H82" s="32"/>
+      <c r="I82" s="32"/>
+      <c r="J82" s="32"/>
       <c r="M82" s="6"/>
       <c r="N82" s="6"/>
       <c r="O82" s="6"/>
-      <c r="Q82" s="116"/>
-[...11 lines deleted...]
-      <c r="K83" s="2"/>
+      <c r="Q82" s="115"/>
+      <c r="R82" s="24"/>
+    </row>
+    <row r="83" spans="1:94" ht="7.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="215"/>
+      <c r="B83" s="216"/>
+      <c r="D83" s="79"/>
+      <c r="E83" s="31"/>
+      <c r="F83" s="31"/>
+      <c r="G83" s="31"/>
+      <c r="H83" s="31"/>
+      <c r="I83" s="31"/>
+      <c r="J83" s="31"/>
       <c r="M83" s="6"/>
       <c r="N83" s="6"/>
       <c r="O83" s="6"/>
+      <c r="Q83" s="115"/>
+      <c r="R83" s="24"/>
     </row>
     <row r="84" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B84" s="24" t="s">
-[...11 lines deleted...]
-      <c r="K84" s="24"/>
+      <c r="A84" s="82"/>
+      <c r="B84" s="83"/>
+      <c r="C84" s="28" t="s">
+        <v>58</v>
+      </c>
+      <c r="D84" s="1">
+        <f>N7</f>
+        <v>0</v>
+      </c>
+      <c r="E84" s="32"/>
+      <c r="F84" s="32"/>
+      <c r="G84" s="32"/>
+      <c r="H84" s="32"/>
+      <c r="I84" s="32"/>
+      <c r="J84" s="32"/>
       <c r="M84" s="6"/>
       <c r="N84" s="6"/>
       <c r="O84" s="6"/>
-    </row>
-[...3 lines deleted...]
-      <c r="C85" s="35"/>
+      <c r="Q84" s="115"/>
+      <c r="R84" s="24"/>
+    </row>
+    <row r="85" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="30"/>
+      <c r="C85" s="3"/>
+      <c r="D85" s="31"/>
+      <c r="E85" s="31"/>
+      <c r="F85" s="31"/>
+      <c r="G85" s="31"/>
+      <c r="H85" s="31"/>
+      <c r="I85" s="31"/>
+      <c r="J85" s="31"/>
       <c r="M85" s="6"/>
       <c r="N85" s="6"/>
       <c r="O85" s="6"/>
-    </row>
-[...98 lines deleted...]
-    <row r="87" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q85" s="115"/>
+    </row>
+    <row r="86" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="28"/>
+      <c r="C86" s="10"/>
+      <c r="D86" s="31"/>
+      <c r="E86" s="31"/>
+      <c r="F86" s="31"/>
+      <c r="G86" s="217"/>
+      <c r="H86" s="217"/>
+      <c r="I86" s="218"/>
+      <c r="J86" s="217"/>
+      <c r="K86" s="219"/>
+      <c r="L86" s="72"/>
+      <c r="M86" s="6"/>
+      <c r="N86" s="6"/>
+      <c r="O86" s="6"/>
+      <c r="Q86" s="115"/>
+    </row>
+    <row r="87" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="34">
+        <f ca="1">TODAY()</f>
+        <v>46097</v>
+      </c>
+      <c r="D87" s="35"/>
+      <c r="G87" s="35"/>
+      <c r="H87" s="35"/>
+      <c r="I87" s="35"/>
+      <c r="J87" s="35"/>
       <c r="K87" s="2"/>
-      <c r="L87" s="2"/>
       <c r="M87" s="6"/>
       <c r="N87" s="6"/>
       <c r="O87" s="6"/>
     </row>
-    <row r="88" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L88" s="2"/>
+    <row r="88" spans="1:94" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="D88" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="G88" s="75"/>
+      <c r="H88" s="84"/>
+      <c r="I88" s="84" t="s">
+        <v>41</v>
+      </c>
+      <c r="J88" s="84"/>
+      <c r="K88" s="24"/>
       <c r="M88" s="6"/>
       <c r="N88" s="6"/>
       <c r="O88" s="6"/>
     </row>
-    <row r="89" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L89" s="2"/>
+    <row r="89" spans="1:94" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="98"/>
+      <c r="B89" s="36"/>
+      <c r="C89" s="35"/>
       <c r="M89" s="6"/>
       <c r="N89" s="6"/>
       <c r="O89" s="6"/>
     </row>
-    <row r="90" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="O90" s="6"/>
+    <row r="90" spans="1:94" s="77" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="99" t="s">
+        <v>37</v>
+      </c>
+      <c r="B90" s="47"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="46"/>
+      <c r="I90" s="46"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="73"/>
+      <c r="L90" s="73"/>
+      <c r="M90" s="99"/>
+      <c r="N90" s="99"/>
+      <c r="O90" s="99"/>
+      <c r="P90" s="99"/>
+      <c r="Q90" s="116"/>
+      <c r="R90" s="46"/>
+      <c r="S90" s="46"/>
+      <c r="T90" s="46"/>
+      <c r="U90" s="46"/>
+      <c r="V90" s="46"/>
+      <c r="W90" s="47"/>
+      <c r="X90" s="46"/>
+      <c r="Y90" s="46"/>
+      <c r="Z90" s="46"/>
+      <c r="AA90" s="46"/>
+      <c r="AB90" s="46"/>
+      <c r="AC90" s="46"/>
+      <c r="AD90" s="46"/>
+      <c r="AE90" s="46"/>
+      <c r="AF90" s="46"/>
+      <c r="AG90" s="46"/>
+      <c r="AH90" s="46"/>
+      <c r="AI90" s="46"/>
+      <c r="AJ90" s="46"/>
+      <c r="AK90" s="46"/>
+      <c r="AL90" s="46"/>
+      <c r="AM90" s="46"/>
+      <c r="AN90" s="73"/>
+      <c r="AO90" s="73"/>
+      <c r="AP90" s="73"/>
+      <c r="AQ90" s="73"/>
+      <c r="AR90" s="73"/>
+      <c r="AS90" s="73"/>
+      <c r="AT90" s="73"/>
+      <c r="AU90" s="73"/>
+      <c r="AV90" s="73"/>
+      <c r="AW90" s="73"/>
+      <c r="AX90" s="73"/>
+      <c r="AY90" s="73"/>
+      <c r="AZ90" s="73"/>
+      <c r="BA90" s="73"/>
+      <c r="BB90" s="73"/>
+      <c r="BC90" s="73"/>
+      <c r="BD90" s="73"/>
+      <c r="BE90" s="73"/>
+      <c r="BF90" s="73"/>
+      <c r="BG90" s="73"/>
+      <c r="BH90" s="73"/>
+      <c r="BI90" s="73"/>
+      <c r="BJ90" s="73"/>
+      <c r="BK90" s="73"/>
+      <c r="BL90" s="73"/>
+      <c r="BM90" s="73"/>
+      <c r="BN90" s="73"/>
+      <c r="BO90" s="73"/>
+      <c r="BP90" s="73"/>
+      <c r="BQ90" s="73"/>
+      <c r="BR90" s="73"/>
+      <c r="BS90" s="73"/>
+      <c r="BT90" s="73"/>
+      <c r="BU90" s="73"/>
+      <c r="BV90" s="73"/>
+      <c r="BW90" s="73"/>
+      <c r="BX90" s="73"/>
+      <c r="BY90" s="73"/>
+      <c r="BZ90" s="73"/>
+      <c r="CA90" s="73"/>
+      <c r="CB90" s="73"/>
+      <c r="CC90" s="73"/>
+      <c r="CD90" s="73"/>
+      <c r="CE90" s="73"/>
+      <c r="CF90" s="73"/>
+      <c r="CG90" s="73"/>
+      <c r="CH90" s="73"/>
+      <c r="CI90" s="73"/>
+      <c r="CJ90" s="73"/>
+      <c r="CK90" s="73"/>
+      <c r="CL90" s="73"/>
+      <c r="CM90" s="73"/>
+      <c r="CN90" s="73"/>
+      <c r="CO90" s="73"/>
+      <c r="CP90" s="73"/>
     </row>
     <row r="91" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K91" s="2"/>
       <c r="L91" s="2"/>
       <c r="M91" s="6"/>
       <c r="N91" s="6"/>
       <c r="O91" s="6"/>
     </row>
     <row r="92" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K92" s="2"/>
       <c r="L92" s="2"/>
       <c r="M92" s="6"/>
       <c r="N92" s="6"/>
       <c r="O92" s="6"/>
     </row>
     <row r="93" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K93" s="2"/>
       <c r="L93" s="2"/>
       <c r="M93" s="6"/>
       <c r="N93" s="6"/>
       <c r="O93" s="6"/>
     </row>
     <row r="94" spans="1:94" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K94" s="2"/>
       <c r="L94" s="2"/>
@@ -11041,358 +11562,421 @@
       <c r="M227" s="6"/>
       <c r="N227" s="6"/>
       <c r="O227" s="6"/>
     </row>
     <row r="228" spans="11:15" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K228" s="2"/>
       <c r="L228" s="2"/>
       <c r="M228" s="6"/>
       <c r="N228" s="6"/>
       <c r="O228" s="6"/>
     </row>
     <row r="229" spans="11:15" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K229" s="2"/>
       <c r="L229" s="2"/>
       <c r="M229" s="6"/>
       <c r="N229" s="6"/>
       <c r="O229" s="6"/>
     </row>
     <row r="230" spans="11:15" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K230" s="2"/>
       <c r="L230" s="2"/>
       <c r="M230" s="6"/>
       <c r="N230" s="6"/>
       <c r="O230" s="6"/>
     </row>
-    <row r="231" spans="11:15" ht="24.4" customHeight="1" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-    <row r="234" spans="11:15" ht="24.4" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" spans="11:15" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K231" s="2"/>
+      <c r="L231" s="2"/>
+      <c r="M231" s="6"/>
+      <c r="N231" s="6"/>
+      <c r="O231" s="6"/>
+    </row>
+    <row r="232" spans="11:15" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K232" s="2"/>
+      <c r="L232" s="2"/>
+      <c r="M232" s="6"/>
+      <c r="N232" s="6"/>
+      <c r="O232" s="6"/>
+    </row>
+    <row r="233" spans="11:15" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K233" s="2"/>
+      <c r="L233" s="2"/>
+      <c r="M233" s="6"/>
+      <c r="N233" s="6"/>
+      <c r="O233" s="6"/>
+    </row>
+    <row r="234" spans="11:15" ht="24.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K234" s="2"/>
+      <c r="L234" s="2"/>
+      <c r="M234" s="6"/>
+      <c r="N234" s="6"/>
+      <c r="O234" s="6"/>
+    </row>
+    <row r="235" spans="11:15" ht="24.4" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <protectedRanges>
-    <protectedRange sqref="H12:I14 J49:J50 H19:I42 H59:I73 H47:J48 H49:I54" name="Diapazonas3"/>
+    <protectedRange sqref="H12:I14 H47:J47 J48:J52 H19:I42 H48:I57 H62:I77" name="Diapazonas3"/>
     <protectedRange sqref="C5:D5 H7:I7 H5:L5" name="Diapazonas1"/>
-    <protectedRange sqref="P32:Q33 P21:P23 P16:Q18 P28:P29 Q15 Q19:Q31 P45:Y46 R15:Y44 Q34:Q44 Q12:Y14 W57:Y74 Q52:V74 W52:Y55 Q47:Y51" name="Diapazonas4"/>
+    <protectedRange sqref="P32:Q33 P21:P23 P16:Q18 P28:P29 Q15 Q19:Q31 P45:Y46 R15:Y44 Q34:Q44 Q12:Y14 W47:Y58 Q47:V78 W60:Y78" name="Diapazonas4"/>
   </protectedRanges>
-  <mergeCells count="139">
+  <mergeCells count="140">
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="J17:J18"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="B30:B33"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="J21:J24"/>
+    <mergeCell ref="E21:E24"/>
+    <mergeCell ref="F21:F24"/>
+    <mergeCell ref="G21:G24"/>
+    <mergeCell ref="H21:H24"/>
+    <mergeCell ref="I21:I24"/>
     <mergeCell ref="A2:K2"/>
-    <mergeCell ref="M62:O62"/>
+    <mergeCell ref="M66:O66"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="E10:E11"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="H7:K7"/>
     <mergeCell ref="F10:F11"/>
     <mergeCell ref="M14:O14"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="M12:O12"/>
     <mergeCell ref="G10:G11"/>
     <mergeCell ref="B49:D49"/>
-    <mergeCell ref="A56:J56"/>
-[...6 lines deleted...]
-    <mergeCell ref="G82:K82"/>
+    <mergeCell ref="A59:J59"/>
+    <mergeCell ref="E60:E61"/>
+    <mergeCell ref="F60:F61"/>
+    <mergeCell ref="G60:G61"/>
+    <mergeCell ref="H60:I60"/>
+    <mergeCell ref="J60:J61"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="G86:K86"/>
     <mergeCell ref="B51:D51"/>
     <mergeCell ref="B47:D47"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="C39:D39"/>
-    <mergeCell ref="A77:B77"/>
-[...2 lines deleted...]
-    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="B68:D68"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="B71:D71"/>
     <mergeCell ref="A45:A46"/>
     <mergeCell ref="B53:D53"/>
     <mergeCell ref="B54:D54"/>
     <mergeCell ref="B50:D50"/>
     <mergeCell ref="B45:D46"/>
     <mergeCell ref="B48:D48"/>
-    <mergeCell ref="B72:D72"/>
+    <mergeCell ref="B75:D75"/>
     <mergeCell ref="B42:D42"/>
-    <mergeCell ref="A57:A58"/>
-    <mergeCell ref="A74:J74"/>
+    <mergeCell ref="A60:A61"/>
+    <mergeCell ref="B55:D55"/>
+    <mergeCell ref="B64:D64"/>
+    <mergeCell ref="M68:O68"/>
+    <mergeCell ref="M69:O69"/>
+    <mergeCell ref="A78:J78"/>
     <mergeCell ref="A44:J44"/>
+    <mergeCell ref="M67:O67"/>
+    <mergeCell ref="M62:O62"/>
     <mergeCell ref="M63:O63"/>
-    <mergeCell ref="M59:O59"/>
-[...1 lines deleted...]
-    <mergeCell ref="M61:O61"/>
+    <mergeCell ref="M65:O65"/>
     <mergeCell ref="E45:E46"/>
     <mergeCell ref="F45:F46"/>
     <mergeCell ref="G45:G46"/>
     <mergeCell ref="H45:I45"/>
     <mergeCell ref="J45:J46"/>
-    <mergeCell ref="B61:D61"/>
-[...1 lines deleted...]
-    <mergeCell ref="B63:D63"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="B69:D69"/>
     <mergeCell ref="B67:D67"/>
-    <mergeCell ref="B68:D68"/>
-[...1 lines deleted...]
-    <mergeCell ref="B71:D71"/>
+    <mergeCell ref="B72:D72"/>
+    <mergeCell ref="B73:D73"/>
     <mergeCell ref="B52:D52"/>
-    <mergeCell ref="B57:B58"/>
-[...1 lines deleted...]
-    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="B60:B61"/>
+    <mergeCell ref="C60:D61"/>
+    <mergeCell ref="B74:D74"/>
+    <mergeCell ref="M70:O70"/>
     <mergeCell ref="Y10:Y11"/>
     <mergeCell ref="X10:X11"/>
     <mergeCell ref="W10:W11"/>
     <mergeCell ref="V10:V11"/>
     <mergeCell ref="U10:U11"/>
     <mergeCell ref="T10:T11"/>
     <mergeCell ref="S10:S11"/>
     <mergeCell ref="R10:R11"/>
     <mergeCell ref="Q10:Q11"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="M34:O40"/>
     <mergeCell ref="M19:O20"/>
     <mergeCell ref="A16:J16"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="C17:D18"/>
     <mergeCell ref="E17:E18"/>
     <mergeCell ref="F17:F18"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="M21:O24"/>
     <mergeCell ref="A34:A41"/>
     <mergeCell ref="B34:B41"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A25:A29"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="M30:O33"/>
     <mergeCell ref="M25:O29"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="B10:D11"/>
     <mergeCell ref="G17:G18"/>
     <mergeCell ref="E7:F7"/>
-    <mergeCell ref="B59:D59"/>
-    <mergeCell ref="B60:D60"/>
+    <mergeCell ref="B62:D62"/>
+    <mergeCell ref="B63:D63"/>
     <mergeCell ref="U19:U20"/>
     <mergeCell ref="U21:U24"/>
     <mergeCell ref="M13:O13"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="U34:U41"/>
     <mergeCell ref="U25:U29"/>
     <mergeCell ref="U30:U33"/>
     <mergeCell ref="H17:I17"/>
     <mergeCell ref="C20:D20"/>
-    <mergeCell ref="B25:B29"/>
-[...12 lines deleted...]
-    <mergeCell ref="A55:J55"/>
+    <mergeCell ref="A58:J58"/>
     <mergeCell ref="C35:D35"/>
     <mergeCell ref="B21:B24"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="C21:D24"/>
     <mergeCell ref="A9:K9"/>
     <mergeCell ref="B12:D12"/>
-    <mergeCell ref="M64:O64"/>
-    <mergeCell ref="M65:O65"/>
     <mergeCell ref="A30:A33"/>
-    <mergeCell ref="H21:H24"/>
-    <mergeCell ref="I21:I24"/>
+    <mergeCell ref="B25:B29"/>
+    <mergeCell ref="B13:D13"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="B12:B14">
-    <cfRule type="expression" dxfId="30" priority="20" stopIfTrue="1">
+    <cfRule type="expression" dxfId="37" priority="36" stopIfTrue="1">
       <formula>$T12=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B19 B25">
-    <cfRule type="expression" dxfId="29" priority="92" stopIfTrue="1">
+    <cfRule type="expression" dxfId="36" priority="108" stopIfTrue="1">
       <formula>$U$25=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B21">
-    <cfRule type="expression" dxfId="28" priority="4" stopIfTrue="1">
+    <cfRule type="expression" dxfId="35" priority="20" stopIfTrue="1">
       <formula>$U$25=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B30">
-    <cfRule type="expression" dxfId="27" priority="88" stopIfTrue="1">
+    <cfRule type="expression" dxfId="34" priority="104" stopIfTrue="1">
       <formula>$U$30=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B34">
-    <cfRule type="expression" dxfId="26" priority="141" stopIfTrue="1">
+    <cfRule type="expression" dxfId="33" priority="157" stopIfTrue="1">
       <formula>SUM(T34:T40)=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B47:B54">
-    <cfRule type="expression" dxfId="25" priority="69" stopIfTrue="1">
+  <conditionalFormatting sqref="B47:B55">
+    <cfRule type="expression" dxfId="32" priority="10" stopIfTrue="1">
       <formula>$T47=1</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="B63">
+    <cfRule type="expression" dxfId="31" priority="9" stopIfTrue="1">
+      <formula>$S61*$T61=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B64">
+    <cfRule type="expression" dxfId="30" priority="2" stopIfTrue="1">
+      <formula>$T$64=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B65">
+    <cfRule type="expression" dxfId="29" priority="3" stopIfTrue="1">
+      <formula>$S$65</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B66">
+    <cfRule type="expression" dxfId="28" priority="4" stopIfTrue="1">
+      <formula>$S$66</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B67">
+    <cfRule type="expression" dxfId="27" priority="5" stopIfTrue="1">
+      <formula>$S$67</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B68">
+    <cfRule type="expression" dxfId="26" priority="6" stopIfTrue="1">
+      <formula>$S$68</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="B70">
-    <cfRule type="expression" dxfId="24" priority="188" stopIfTrue="1">
-      <formula>#REF!*#REF!=1</formula>
+    <cfRule type="expression" dxfId="25" priority="208" stopIfTrue="1">
+      <formula>$S$70*$T$70=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B72">
+    <cfRule type="expression" dxfId="24" priority="210" stopIfTrue="1">
+      <formula>$S$72</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B73">
-    <cfRule type="expression" dxfId="23" priority="181" stopIfTrue="1">
+    <cfRule type="expression" dxfId="23" priority="7" stopIfTrue="1">
+      <formula>$S$73</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B74">
+    <cfRule type="expression" dxfId="22" priority="1" stopIfTrue="1">
+      <formula>$S$74</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B75">
+    <cfRule type="expression" dxfId="21" priority="213" stopIfTrue="1">
+      <formula>$S$75*$T$75=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B77">
+    <cfRule type="expression" dxfId="20" priority="197" stopIfTrue="1">
       <formula>#REF!=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C5 C7">
-    <cfRule type="cellIs" dxfId="22" priority="106" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="19" priority="122" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C21 C25:D41 B59:B69 B71:B72">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="C15:G15">
-    <cfRule type="expression" dxfId="20" priority="80" stopIfTrue="1">
+    <cfRule type="expression" dxfId="18" priority="96" stopIfTrue="1">
       <formula>#REF!*#REF!=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D75">
-    <cfRule type="expression" dxfId="19" priority="74" stopIfTrue="1">
+  <conditionalFormatting sqref="D79">
+    <cfRule type="expression" dxfId="17" priority="90" stopIfTrue="1">
       <formula>#REF!=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="18" priority="75" stopIfTrue="1">
+    <cfRule type="expression" dxfId="16" priority="91" stopIfTrue="1">
       <formula>#REF!=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E21:G21 E30:G30 E32:G42">
-    <cfRule type="expression" dxfId="17" priority="179" stopIfTrue="1">
+    <cfRule type="expression" dxfId="15" priority="195" stopIfTrue="1">
       <formula>$S$21*$T$21=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E59:G73">
-[...6 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="H5:K5 H7:K7">
-    <cfRule type="cellIs" dxfId="14" priority="47" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="14" priority="63" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M13:M14">
-    <cfRule type="cellIs" dxfId="13" priority="89" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="13" priority="105" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti fizinį ugdymą"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M21">
-    <cfRule type="cellIs" dxfId="12" priority="17" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="12" priority="33" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti vieną užsienio kalbą"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M25 P25:P27">
-    <cfRule type="cellIs" dxfId="11" priority="91" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="11" priority="107" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti bent vieną šios grupės dalyką"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M30 P30:P31">
-    <cfRule type="cellIs" dxfId="10" priority="87" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="10" priority="103" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti bent vieną iš visuomenės mokslų"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M34">
-    <cfRule type="cellIs" dxfId="9" priority="13" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="9" priority="29" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti vieną menų/technologijų dalyką"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M12:O12">
-    <cfRule type="cellIs" dxfId="8" priority="33" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="8" priority="49" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti lietuvių k. B arba A kursą"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M19:P20 P21:P24">
-    <cfRule type="cellIs" dxfId="7" priority="98" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="7" priority="114" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti vieną dorinio ugdymo dalyką"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N3">
-    <cfRule type="cellIs" dxfId="6" priority="76" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="6" priority="92" stopIfTrue="1" operator="lessThan">
       <formula>8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N5 N7">
-    <cfRule type="cellIs" dxfId="5" priority="77" stopIfTrue="1" operator="notBetween">
+    <cfRule type="cellIs" dxfId="5" priority="93" stopIfTrue="1" operator="notBetween">
       <formula>25</formula>
       <formula>35</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O3">
-    <cfRule type="expression" dxfId="4" priority="70" stopIfTrue="1">
+    <cfRule type="expression" dxfId="4" priority="86" stopIfTrue="1">
       <formula>N3&lt;8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O5 O7">
-    <cfRule type="expression" dxfId="3" priority="71" stopIfTrue="1">
+    <cfRule type="expression" dxfId="3" priority="87" stopIfTrue="1">
       <formula>OR(N5&lt;25,N5&gt;35)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P12">
-    <cfRule type="cellIs" dxfId="2" priority="99" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="2" priority="115" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti lietuvių k. B arba A kursą."</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P14">
-    <cfRule type="cellIs" dxfId="1" priority="103" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="1" priority="119" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti fizinį ugdymą."</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P34:P42">
-    <cfRule type="cellIs" dxfId="0" priority="93" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="0" priority="109" stopIfTrue="1" operator="equal">
       <formula>"Privaloma pasirinkti vieną menų arba technologijų dalyką"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C7">
-      <formula1>"IIa,IIb,IIc,IId,IIe,IIf,IIg,IIh,NEW"</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C7" xr:uid="{1D99A801-1ECC-48D4-94A1-9E23A41B7177}">
+      <formula1>"IIa,IIb,IIc,IId,IIe,IIf,IIg,IIh,IIi,NEW"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.19685039370078741" top="0.59055118110236227" bottom="0.19685039370078741" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1053" r:id="rId4" name="Check Box 29">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>31</xdr:row>
@@ -11477,1469 +12061,1571 @@
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1072" r:id="rId9" name="Check Box 48">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
-                    <xdr:row>61</xdr:row>
+                    <xdr:row>65</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>381000</xdr:colOff>
-                    <xdr:row>61</xdr:row>
+                    <xdr:row>65</xdr:row>
                     <xdr:rowOff>323850</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1073" r:id="rId10" name="Check Box 49">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
-                    <xdr:row>60</xdr:row>
+                    <xdr:row>64</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>381000</xdr:colOff>
-                    <xdr:row>60</xdr:row>
+                    <xdr:row>64</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4128" r:id="rId11" name="Check Box 2080">
+            <control shapeId="4126" r:id="rId11" name="Check Box 2078">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
-                    <xdr:row>50</xdr:row>
+                    <xdr:row>47</xdr:row>
+                    <xdr:rowOff>28575</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>371475</xdr:colOff>
+                    <xdr:row>47</xdr:row>
+                    <xdr:rowOff>200025</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4128" r:id="rId12" name="Check Box 2080">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1" sizeWithCells="1">
+                  <from>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>190500</xdr:colOff>
+                    <xdr:row>52</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
-                    <xdr:row>50</xdr:row>
+                    <xdr:row>52</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4386" r:id="rId12" name="Check Box 2338">
+            <control shapeId="4386" r:id="rId13" name="Check Box 2338">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
-                    <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>68</xdr:row>
+                    <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>171450</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>419100</xdr:colOff>
+                    <xdr:row>68</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1032" r:id="rId13" name="Check Box 8">
+            <control shapeId="1032" r:id="rId14" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>29</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>381000</xdr:colOff>
                     <xdr:row>29</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1033" r:id="rId14" name="Check Box 9">
+            <control shapeId="1033" r:id="rId15" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1036" r:id="rId15" name="Check Box 12">
+            <control shapeId="1036" r:id="rId16" name="Check Box 12">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>85725</xdr:rowOff>
+                    <xdr:rowOff>123825</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>219075</xdr:rowOff>
+                    <xdr:rowOff>276225</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1037" r:id="rId16" name="Check Box 13">
+            <control shapeId="1037" r:id="rId17" name="Check Box 13">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>476250</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>85725</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1038" r:id="rId17" name="Check Box 14">
+            <control shapeId="1038" r:id="rId18" name="Check Box 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>24</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>24</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1039" r:id="rId18" name="Check Box 15">
+            <control shapeId="1039" r:id="rId19" name="Check Box 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>25</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>25</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1076" r:id="rId19" name="Check Box 52">
+            <control shapeId="1076" r:id="rId20" name="Check Box 52">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>190500</xdr:colOff>
+                    <xdr:colOff>209550</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>85725</xdr:rowOff>
+                    <xdr:rowOff>104775</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>381000</xdr:colOff>
+                    <xdr:colOff>400050</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>228600</xdr:rowOff>
+                    <xdr:rowOff>247650</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1050" r:id="rId20" name="Check Box 26">
+            <control shapeId="1050" r:id="rId21" name="Check Box 26">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>20</xdr:row>
                     <xdr:rowOff>104775</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>20</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1025" r:id="rId21" name="Check Box 1">
+            <control shapeId="1025" r:id="rId22" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1026" r:id="rId22" name="Check Box 2">
+            <control shapeId="1026" r:id="rId23" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>19</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>19</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1027" r:id="rId23" name="Check Box 3">
+            <control shapeId="1027" r:id="rId24" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>314325</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1028" r:id="rId24" name="Check Box 4">
+            <control shapeId="1028" r:id="rId25" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>381000</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>314325</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4683" r:id="rId25" name="Check Box 2635">
+            <control shapeId="4683" r:id="rId26" name="Check Box 2635">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
-                    <xdr:row>59</xdr:row>
-                    <xdr:rowOff>38100</xdr:rowOff>
+                    <xdr:row>63</xdr:row>
+                    <xdr:rowOff>95250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>381000</xdr:colOff>
-                    <xdr:row>59</xdr:row>
-                    <xdr:rowOff>161925</xdr:rowOff>
+                    <xdr:row>63</xdr:row>
+                    <xdr:rowOff>219075</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4685" r:id="rId26" name="Check Box 2637">
+            <control shapeId="4685" r:id="rId27" name="Check Box 2637">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
-                    <xdr:row>63</xdr:row>
+                    <xdr:row>67</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>381000</xdr:colOff>
-                    <xdr:row>63</xdr:row>
+                    <xdr:row>67</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4688" r:id="rId27" name="Check Box 2640">
+            <control shapeId="4688" r:id="rId28" name="Check Box 2640">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4689" r:id="rId28" name="Check Box 2641">
+            <control shapeId="4689" r:id="rId29" name="Check Box 2641">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4690" r:id="rId29" name="Check Box 2642">
+            <control shapeId="4690" r:id="rId30" name="Check Box 2642">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>47625</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4691" r:id="rId30" name="Check Box 2643">
+            <control shapeId="4691" r:id="rId31" name="Check Box 2643">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4692" r:id="rId31" name="Check Box 2644">
+            <control shapeId="4692" r:id="rId32" name="Check Box 2644">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4694" r:id="rId32" name="Check Box 2646">
+            <control shapeId="4694" r:id="rId33" name="Check Box 2646">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>190500</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:colOff>171450</xdr:colOff>
+                    <xdr:row>69</xdr:row>
+                    <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>371475</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>161925</xdr:rowOff>
+                    <xdr:colOff>352425</xdr:colOff>
+                    <xdr:row>69</xdr:row>
+                    <xdr:rowOff>219075</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4695" r:id="rId33" name="Check Box 2647">
+            <control shapeId="4695" r:id="rId34" name="Check Box 2647">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>28</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>28</xdr:row>
                     <xdr:rowOff>161925</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4696" r:id="rId34" name="Check Box 2648">
+            <control shapeId="4696" r:id="rId35" name="Check Box 2648">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4698" r:id="rId35" name="Check Box 2650">
+            <control shapeId="4698" r:id="rId36" name="Check Box 2650">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>40</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>40</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4700" r:id="rId36" name="Check Box 2652">
-[...21 lines deleted...]
-            <control shapeId="4704" r:id="rId37" name="Check Box 2656">
+            <control shapeId="4700" r:id="rId37" name="Check Box 2652">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4706" r:id="rId38" name="Check Box 2658">
+            <control shapeId="4702" r:id="rId38" name="Check Box 2654">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>49</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>49</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4708" r:id="rId39" name="Check Box 2660">
+            <control shapeId="4704" r:id="rId39" name="Check Box 2656">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
-                    <xdr:row>67</xdr:row>
+                    <xdr:row>50</xdr:row>
+                    <xdr:rowOff>19050</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>371475</xdr:colOff>
+                    <xdr:row>50</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4706" r:id="rId40" name="Check Box 2658">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1" sizeWithCells="1">
+                  <from>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>190500</xdr:colOff>
+                    <xdr:row>51</xdr:row>
+                    <xdr:rowOff>19050</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>371475</xdr:colOff>
+                    <xdr:row>51</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4708" r:id="rId41" name="Check Box 2660">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1" sizeWithCells="1">
+                  <from>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>190500</xdr:colOff>
+                    <xdr:row>71</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
-                    <xdr:row>67</xdr:row>
+                    <xdr:row>71</xdr:row>
                     <xdr:rowOff>161925</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4710" r:id="rId40" name="Check Box 2662">
+            <control shapeId="4710" r:id="rId42" name="Check Box 2662">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
-                    <xdr:row>68</xdr:row>
+                    <xdr:row>72</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
-                    <xdr:row>68</xdr:row>
+                    <xdr:row>72</xdr:row>
                     <xdr:rowOff>161925</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4712" r:id="rId41" name="Check Box 2664">
+            <control shapeId="4712" r:id="rId43" name="Check Box 2664">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>180975</xdr:colOff>
-                    <xdr:row>69</xdr:row>
+                    <xdr:row>73</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
-                    <xdr:row>69</xdr:row>
+                    <xdr:row>73</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4713" r:id="rId42" name="Check Box 2665">
+            <control shapeId="4713" r:id="rId44" name="Check Box 2665">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>190500</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:colOff>180975</xdr:colOff>
+                    <xdr:row>66</xdr:row>
+                    <xdr:rowOff>95250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>371475</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>161925</xdr:rowOff>
+                    <xdr:colOff>361950</xdr:colOff>
+                    <xdr:row>66</xdr:row>
+                    <xdr:rowOff>247650</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4715" r:id="rId43" name="Check Box 2667">
+            <control shapeId="4715" r:id="rId45" name="Check Box 2667">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
-                    <xdr:row>51</xdr:row>
+                    <xdr:row>54</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
-                    <xdr:row>51</xdr:row>
+                    <xdr:row>54</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4721" r:id="rId44" name="Check Box 2673">
+            <control shapeId="4721" r:id="rId46" name="Check Box 2673">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4726" r:id="rId45" name="Check Box 2678">
+            <control shapeId="4726" r:id="rId47" name="Check Box 2678">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
-                    <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>0</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>266700</xdr:colOff>
+                    <xdr:row>55</xdr:row>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>447675</xdr:colOff>
+                    <xdr:row>55</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4727" r:id="rId46" name="Check Box 2679">
+            <control shapeId="4727" r:id="rId48" name="Check Box 2679">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
-                    <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>0</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>295275</xdr:colOff>
+                    <xdr:row>56</xdr:row>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>476250</xdr:colOff>
+                    <xdr:row>56</xdr:row>
+                    <xdr:rowOff>209550</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4728" r:id="rId47" name="Check Box 2680">
+            <control shapeId="4728" r:id="rId49" name="Check Box 2680">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>41</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>41</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4730" r:id="rId48" name="Check Box 2682">
+            <control shapeId="4730" r:id="rId50" name="Check Box 2682">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1" sizeWithCells="1">
+                  <from>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>171450</xdr:colOff>
+                    <xdr:row>74</xdr:row>
+                    <xdr:rowOff>57150</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>352425</xdr:colOff>
+                    <xdr:row>74</xdr:row>
+                    <xdr:rowOff>209550</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4731" r:id="rId51" name="Check Box 2683">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
-                    <xdr:row>71</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:row>53</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>371475</xdr:colOff>
-                    <xdr:row>71</xdr:row>
-                    <xdr:rowOff>161925</xdr:rowOff>
+                    <xdr:row>53</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Lapas3"/>
-  <dimension ref="A1:BP5"/>
+  <dimension ref="A1:BP10"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="AM11" sqref="AM11"/>
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="107" customWidth="1"/>
-[...36 lines deleted...]
-    <col min="80" max="16384" width="9.140625" style="107"/>
+    <col min="1" max="1" width="3.85546875" style="106" customWidth="1"/>
+    <col min="2" max="2" width="11.85546875" style="106" customWidth="1"/>
+    <col min="3" max="3" width="3.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="16.28515625" style="106" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="2.42578125" style="109" customWidth="1"/>
+    <col min="6" max="6" width="3.28515625" style="109" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="2.42578125" style="106" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="3.28515625" style="106" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="2.42578125" style="106" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="3" style="106" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="4.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="4.42578125" style="106" bestFit="1" customWidth="1"/>
+    <col min="15" max="19" width="2.42578125" style="106" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="2.42578125" style="106" customWidth="1"/>
+    <col min="21" max="23" width="2.42578125" style="106" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="2.42578125" style="106" customWidth="1"/>
+    <col min="25" max="29" width="2.42578125" style="106" bestFit="1" customWidth="1"/>
+    <col min="30" max="31" width="4.42578125" style="106" bestFit="1" customWidth="1"/>
+    <col min="32" max="33" width="4.42578125" style="106" customWidth="1"/>
+    <col min="34" max="40" width="3.140625" style="106" customWidth="1"/>
+    <col min="41" max="41" width="3.5703125" style="106" customWidth="1"/>
+    <col min="42" max="43" width="3.140625" style="106" customWidth="1"/>
+    <col min="44" max="53" width="4.28515625" style="106" customWidth="1"/>
+    <col min="54" max="54" width="3" style="106" bestFit="1" customWidth="1"/>
+    <col min="55" max="55" width="2.5703125" style="106" customWidth="1"/>
+    <col min="56" max="57" width="3" style="106" bestFit="1" customWidth="1"/>
+    <col min="58" max="58" width="10" style="106" customWidth="1"/>
+    <col min="59" max="59" width="4.140625" style="106" customWidth="1"/>
+    <col min="60" max="64" width="3.140625" style="106" customWidth="1"/>
+    <col min="65" max="66" width="5.7109375" style="106" customWidth="1"/>
+    <col min="67" max="67" width="7.28515625" style="106" customWidth="1"/>
+    <col min="68" max="68" width="6" style="106" customWidth="1"/>
+    <col min="69" max="69" width="7.28515625" style="106" bestFit="1" customWidth="1"/>
+    <col min="70" max="71" width="3.140625" style="106" customWidth="1"/>
+    <col min="72" max="76" width="4.5703125" style="106" customWidth="1"/>
+    <col min="77" max="77" width="8.5703125" style="106" customWidth="1"/>
+    <col min="78" max="78" width="4.28515625" style="106" customWidth="1"/>
+    <col min="79" max="79" width="6.7109375" style="106" customWidth="1"/>
+    <col min="80" max="16384" width="9.140625" style="106"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:68" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="115"/>
-      <c r="B1" s="107" t="str">
+      <c r="A1" s="114"/>
+      <c r="B1" s="106" t="str">
         <f>LEFT(Planas!A3,15)</f>
-        <v>2025–2027 m. m.</v>
+        <v>2026–2028 m. m.</v>
       </c>
     </row>
     <row r="2" spans="1:68" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="E2" s="230" t="s">
+      <c r="E2" s="240" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" s="240"/>
+      <c r="G2" s="240"/>
+      <c r="H2" s="240"/>
+      <c r="I2" s="240"/>
+      <c r="J2" s="241" t="s">
         <v>45</v>
       </c>
-      <c r="F2" s="230"/>
-[...59 lines deleted...]
-      <c r="B3" s="113" t="s">
+      <c r="K2" s="242"/>
+      <c r="L2" s="242"/>
+      <c r="M2" s="242"/>
+      <c r="N2" s="242"/>
+      <c r="O2" s="242"/>
+      <c r="P2" s="242"/>
+      <c r="Q2" s="242"/>
+      <c r="R2" s="242"/>
+      <c r="S2" s="242"/>
+      <c r="T2" s="242"/>
+      <c r="U2" s="242"/>
+      <c r="V2" s="242"/>
+      <c r="W2" s="242"/>
+      <c r="X2" s="242"/>
+      <c r="Y2" s="242"/>
+      <c r="Z2" s="242"/>
+      <c r="AA2" s="242"/>
+      <c r="AB2" s="242"/>
+      <c r="AC2" s="242"/>
+      <c r="AD2" s="242"/>
+      <c r="AE2" s="242"/>
+      <c r="AF2" s="242"/>
+      <c r="AG2" s="243"/>
+      <c r="AH2" s="244" t="s">
+        <v>51</v>
+      </c>
+      <c r="AI2" s="245"/>
+      <c r="AJ2" s="245"/>
+      <c r="AK2" s="245"/>
+      <c r="AL2" s="245"/>
+      <c r="AM2" s="245"/>
+      <c r="AN2" s="245"/>
+      <c r="AO2" s="245"/>
+      <c r="AP2" s="245"/>
+      <c r="AQ2" s="245"/>
+      <c r="AR2" s="246"/>
+      <c r="AS2" s="241" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="113" t="s">
+      <c r="AT2" s="242"/>
+      <c r="AU2" s="242"/>
+      <c r="AV2" s="242"/>
+      <c r="AW2" s="242"/>
+      <c r="AX2" s="242"/>
+      <c r="AY2" s="242"/>
+      <c r="AZ2" s="242"/>
+      <c r="BA2" s="242"/>
+      <c r="BB2" s="242"/>
+      <c r="BC2" s="242"/>
+      <c r="BD2" s="242"/>
+      <c r="BE2" s="243"/>
+    </row>
+    <row r="3" spans="1:68" s="108" customFormat="1" ht="101.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="112" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="113" t="s">
+      <c r="D3" s="112" t="s">
         <v>29</v>
       </c>
-      <c r="E3" s="111" t="s">
-[...5 lines deleted...]
-      <c r="G3" s="111" t="s">
+      <c r="E3" s="110" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" s="110" t="s">
+        <v>60</v>
+      </c>
+      <c r="G3" s="110" t="s">
         <v>30</v>
       </c>
-      <c r="H3" s="111" t="s">
-[...11 lines deleted...]
-      <c r="L3" s="111" t="str">
+      <c r="H3" s="110" t="s">
+        <v>99</v>
+      </c>
+      <c r="I3" s="110" t="str">
+        <f>Planas!B14</f>
+        <v>Fizinis ugdymas</v>
+      </c>
+      <c r="J3" s="110" t="str">
+        <f>+Planas!C19</f>
+        <v>Tikyba</v>
+      </c>
+      <c r="K3" s="110" t="str">
+        <f>+Planas!C20</f>
+        <v>Etika</v>
+      </c>
+      <c r="L3" s="110" t="str">
         <f>+Planas!C21</f>
-        <v xml:space="preserve">Užsienio kalba B2 (ANGLŲ) (su moduliu nr. 4) </v>
-[...19 lines deleted...]
-      <c r="S3" s="111" t="str">
+        <v xml:space="preserve">Užsienio kalba B2 (ANGLŲ) (su moduliu nr. 7) </v>
+      </c>
+      <c r="M3" s="110"/>
+      <c r="N3" s="110"/>
+      <c r="O3" s="110"/>
+      <c r="P3" s="110" t="str">
+        <f>+Planas!C25</f>
+        <v>Biologija</v>
+      </c>
+      <c r="Q3" s="110" t="str">
+        <f>+Planas!C26</f>
+        <v>Chemija</v>
+      </c>
+      <c r="R3" s="110" t="str">
+        <f>+Planas!C27</f>
+        <v>Fizika</v>
+      </c>
+      <c r="S3" s="110" t="str">
         <f>+Planas!C28</f>
-        <v>Informatika (su moduliu nr. 7)</v>
-[...75 lines deleted...]
-        <f>Planas!B61</f>
+        <v>Informatika (su moduliu nr. 9)</v>
+      </c>
+      <c r="T3" s="110" t="str">
+        <f>+Planas!C29</f>
+        <v>Inžinerinės technologijos</v>
+      </c>
+      <c r="U3" s="110" t="str">
+        <f>+Planas!C30</f>
+        <v>Istorija</v>
+      </c>
+      <c r="V3" s="110" t="str">
+        <f>+Planas!C31</f>
+        <v>Geografija</v>
+      </c>
+      <c r="W3" s="110" t="str">
+        <f>+Planas!C32</f>
+        <v>Ekonomika ir verslumas</v>
+      </c>
+      <c r="X3" s="110" t="str">
+        <f>+Planas!C33</f>
+        <v>Filosofija</v>
+      </c>
+      <c r="Y3" s="110" t="str">
+        <f>+Planas!C34</f>
+        <v>Dailė</v>
+      </c>
+      <c r="Z3" s="110" t="str">
+        <f>+Planas!C35</f>
+        <v>Muzika</v>
+      </c>
+      <c r="AA3" s="110" t="str">
+        <f>+Planas!C36</f>
+        <v>Šokis</v>
+      </c>
+      <c r="AB3" s="110" t="str">
+        <f>+Planas!C37</f>
+        <v>Teatras</v>
+      </c>
+      <c r="AC3" s="110" t="str">
+        <f>+Planas!C38</f>
+        <v>Medijų menas</v>
+      </c>
+      <c r="AD3" s="110" t="str">
+        <f>+Planas!C39</f>
+        <v>Taikomosios technologijos (tekstilė)</v>
+      </c>
+      <c r="AE3" s="110" t="str">
+        <f>+Planas!C40</f>
+        <v>Taikomosios technologijos (dizainas)</v>
+      </c>
+      <c r="AF3" s="110" t="str">
+        <f>+Planas!C41</f>
+        <v>Taikomosios technologijos (mityba)</v>
+      </c>
+      <c r="AG3" s="165" t="str">
+        <f>+Planas!B42</f>
+        <v>Brandos darbas (neprivaloma, bet galima rinktis)</v>
+      </c>
+      <c r="AH3" s="110" t="str">
+        <f>Planas!B47</f>
+        <v>Astronomija</v>
+      </c>
+      <c r="AI3" s="110" t="str">
+        <f>Planas!B48</f>
+        <v>Geografinės informacinės sistemos</v>
+      </c>
+      <c r="AJ3" s="110" t="str">
+        <f>Planas!B49</f>
+        <v>Nacionalinis saugumo ir krašto gynyba</v>
+      </c>
+      <c r="AK3" s="110" t="str">
+        <f>Planas!B50</f>
+        <v>Psichologija</v>
+      </c>
+      <c r="AL3" s="110" t="str">
+        <f>Planas!B51</f>
+        <v>Teisė</v>
+      </c>
+      <c r="AM3" s="110" t="str">
+        <f>Planas!B52</f>
+        <v>Užsienio kalba (ispanų)</v>
+      </c>
+      <c r="AN3" s="110" t="str">
+        <f>Planas!B53</f>
+        <v>Užsienio kalba (vokiečių)</v>
+      </c>
+      <c r="AO3" s="110" t="str">
+        <f>Planas!B54</f>
+        <v>Užsienio kalba (prancūzų)</v>
+      </c>
+      <c r="AP3" s="110" t="str">
+        <f>Planas!B55</f>
+        <v>Etninė kultūra</v>
+      </c>
+      <c r="AS3" s="110" t="str">
+        <f>Planas!B63</f>
+        <v>Raštingumo spragų likvidavimas (lietuvių k. ir lit.) (įtrauktas į B kursą)</v>
+      </c>
+      <c r="AT3" s="110" t="str">
+        <f>Planas!B64</f>
+        <v>Raštingumo spragų likvidavimas (lietuvių k. ir lit.) pasirenkamas A kursui)</v>
+      </c>
+      <c r="AU3" s="110" t="str">
+        <f>Planas!B65</f>
         <v>Literatūra ir kitos medijos (lietuvių k. ir lit.)</v>
       </c>
-      <c r="AU3" s="111" t="str">
-        <f>Planas!B62</f>
+      <c r="AV3" s="110" t="str">
+        <f>Planas!B66</f>
         <v>Teksto kūrimo įgūdžių gilinimas (lietuvių k. ir lit.)</v>
       </c>
-      <c r="AV3" s="111" t="str">
-[...15 lines deleted...]
-      <c r="AZ3" s="111" t="str">
+      <c r="AW3" s="110" t="str">
         <f>Planas!B67</f>
         <v>VBE uždavinių sprendimas ir analizė</v>
       </c>
-      <c r="BA3" s="111" t="str">
+      <c r="AX3" s="110" t="str">
         <f>Planas!B68</f>
+        <v>Olimpiadinių uždavinių sprendimas ir analizė</v>
+      </c>
+      <c r="AY3" s="110" t="str">
+        <f>Planas!B69</f>
+        <v>Anglų kalbos akademinių gebėjimų ugdymas(is) (įtrauktas į anglų k dalyką)</v>
+      </c>
+      <c r="AZ3" s="110" t="str">
+        <f>Planas!B70</f>
+        <v>Inžinerinė braižyba</v>
+      </c>
+      <c r="BA3" s="110" t="str">
+        <f>Planas!B71</f>
+        <v>Duomenų tyrybos, programavimo ir saugaus elgesio pradmenys (įtrauktas į informatikos dalyką)</v>
+      </c>
+      <c r="BB3" s="110" t="str">
+        <f>Planas!B72</f>
         <v>Istorijos šaltinių nagrinėjimas</v>
       </c>
-      <c r="BB3" s="111" t="str">
-        <f>Planas!B69</f>
+      <c r="BC3" s="110" t="str">
+        <f>Planas!B73</f>
         <v>Eksperimentinė fizika</v>
       </c>
-      <c r="BC3" s="155" t="str">
-[...4 lines deleted...]
-        <f>Planas!B71</f>
+      <c r="BD3" s="110" t="str">
+        <f>Planas!B74</f>
         <v>Eksperimentinė chemija</v>
       </c>
-      <c r="BE3" s="111" t="str">
-        <f>Planas!B72</f>
+      <c r="BE3" s="110" t="str">
+        <f>Planas!B75</f>
         <v>Eksperimentinė biologija</v>
       </c>
-      <c r="BF3" s="113" t="s">
-[...15 lines deleted...]
-      <c r="BP3" s="108"/>
+      <c r="BF3" s="112" t="s">
+        <v>33</v>
+      </c>
+      <c r="BG3" s="110" t="s">
+        <v>80</v>
+      </c>
+      <c r="BH3" s="110" t="s">
+        <v>81</v>
+      </c>
+      <c r="BI3" s="107"/>
+      <c r="BJ3" s="107"/>
+      <c r="BK3" s="107"/>
+      <c r="BL3" s="107"/>
+      <c r="BM3" s="107"/>
+      <c r="BN3" s="107"/>
+      <c r="BO3" s="107"/>
+      <c r="BP3" s="107"/>
     </row>
     <row r="4" spans="1:68" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="113" t="str">
-[...3 lines deleted...]
-      <c r="C4" s="114">
+      <c r="B4" s="112" t="str">
+        <f>"28"&amp;MID(Planas!C7,3,1)&amp;LEFT(Planas!H5,3)&amp;LEFT(Planas!C5,1)</f>
+        <v>28</v>
+      </c>
+      <c r="C4" s="113">
         <f>Planas!C7</f>
         <v>0</v>
       </c>
-      <c r="D4" s="113" t="str">
+      <c r="D4" s="112" t="str">
         <f>Planas!H5&amp;" "&amp;Planas!C5</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E4" s="112" t="str">
+      <c r="E4" s="148" t="str">
         <f>IF(Planas!R12,Planas!H12,"")</f>
         <v/>
       </c>
-      <c r="F4" s="112" t="str">
+      <c r="F4" s="148" t="str">
         <f>IF(Planas!S12,Planas!H12,"")</f>
         <v/>
       </c>
-      <c r="G4" s="112" t="str">
+      <c r="G4" s="148" t="str">
         <f>IF(Planas!R13,Planas!H13,"")</f>
         <v/>
       </c>
-      <c r="H4" s="112" t="str">
+      <c r="H4" s="148" t="str">
         <f>IF(Planas!S13,Planas!H13,"")</f>
         <v/>
       </c>
-      <c r="I4" s="112" t="str">
+      <c r="I4" s="111" t="str">
         <f>Planas!H14</f>
         <v/>
       </c>
-      <c r="J4" s="112" t="str">
+      <c r="J4" s="111" t="str">
         <f>Planas!H19</f>
         <v/>
       </c>
-      <c r="K4" s="112" t="str">
+      <c r="K4" s="111" t="str">
         <f>Planas!H20</f>
         <v/>
       </c>
-      <c r="L4" s="112" t="str">
+      <c r="L4" s="111" t="str">
         <f>Planas!H21</f>
         <v/>
       </c>
-      <c r="M4" s="151"/>
-[...2 lines deleted...]
-      <c r="P4" s="112" t="str">
+      <c r="M4" s="111"/>
+      <c r="N4" s="111"/>
+      <c r="O4" s="111"/>
+      <c r="P4" s="111" t="str">
         <f>Planas!H25</f>
         <v/>
       </c>
-      <c r="Q4" s="112" t="str">
+      <c r="Q4" s="111" t="str">
         <f>Planas!H26</f>
         <v/>
       </c>
-      <c r="R4" s="112" t="str">
+      <c r="R4" s="111" t="str">
         <f>Planas!H27</f>
         <v/>
       </c>
-      <c r="S4" s="112" t="str">
+      <c r="S4" s="111" t="str">
         <f>Planas!H28</f>
         <v/>
       </c>
-      <c r="T4" s="112" t="str">
+      <c r="T4" s="111" t="str">
         <f>Planas!H29</f>
         <v/>
       </c>
-      <c r="U4" s="112" t="str">
+      <c r="U4" s="111" t="str">
         <f>Planas!H30</f>
         <v/>
       </c>
-      <c r="V4" s="112" t="str">
+      <c r="V4" s="111" t="str">
         <f>Planas!H31</f>
         <v/>
       </c>
-      <c r="W4" s="112" t="str">
+      <c r="W4" s="111" t="str">
         <f>Planas!H32</f>
         <v/>
       </c>
-      <c r="X4" s="112" t="str">
+      <c r="X4" s="111" t="str">
         <f>Planas!H33</f>
         <v/>
       </c>
-      <c r="Y4" s="112" t="str">
+      <c r="Y4" s="111" t="str">
         <f>Planas!H34</f>
         <v/>
       </c>
-      <c r="Z4" s="112" t="str">
+      <c r="Z4" s="111" t="str">
         <f>Planas!H35</f>
         <v/>
       </c>
-      <c r="AA4" s="112" t="str">
+      <c r="AA4" s="111" t="str">
         <f>Planas!H36</f>
         <v/>
       </c>
-      <c r="AB4" s="112" t="str">
+      <c r="AB4" s="111" t="str">
         <f>Planas!H37</f>
         <v/>
       </c>
-      <c r="AC4" s="112" t="str">
+      <c r="AC4" s="111" t="str">
         <f>Planas!H38</f>
         <v/>
       </c>
-      <c r="AD4" s="112" t="str">
+      <c r="AD4" s="111" t="str">
         <f>Planas!H39</f>
         <v/>
       </c>
-      <c r="AE4" s="112" t="str">
+      <c r="AE4" s="111" t="str">
         <f>Planas!H40</f>
         <v/>
       </c>
-      <c r="AF4" s="112" t="str">
+      <c r="AF4" s="111" t="str">
         <f>Planas!H41</f>
         <v/>
       </c>
-      <c r="AG4" s="153" t="str">
+      <c r="AG4" s="163" t="str">
         <f>Planas!H42</f>
         <v/>
       </c>
-      <c r="AH4" s="112" t="str">
+      <c r="AH4" s="148" t="str">
         <f>IF(Planas!S47,Planas!H47,"")</f>
         <v/>
       </c>
-      <c r="AI4" s="112"/>
-      <c r="AJ4" s="112" t="str">
+      <c r="AI4" s="111" t="str">
         <f>Planas!H48</f>
         <v/>
       </c>
-      <c r="AK4" s="112"/>
-      <c r="AL4" s="112" t="str">
+      <c r="AJ4" s="111" t="str">
         <f>Planas!H49</f>
         <v/>
       </c>
-      <c r="AM4" s="112" t="str">
+      <c r="AK4" s="111" t="str">
         <f>Planas!H50</f>
         <v/>
       </c>
-      <c r="AN4" s="156" t="str">
+      <c r="AL4" s="111" t="str">
         <f>Planas!H51</f>
         <v/>
       </c>
-      <c r="AO4" s="112"/>
-      <c r="AP4" s="112" t="str">
+      <c r="AM4" s="111" t="str">
         <f>Planas!H52</f>
         <v/>
       </c>
-      <c r="AQ4" s="112" t="str">
+      <c r="AN4" s="111" t="str">
         <f>Planas!H53</f>
         <v/>
       </c>
-      <c r="AR4" s="112" t="str">
+      <c r="AO4" s="111" t="str">
         <f>Planas!H54</f>
         <v/>
       </c>
-      <c r="AS4" s="157" t="str">
-[...11 lines deleted...]
-      <c r="AV4" s="113" t="str">
+      <c r="AP4" s="111" t="str">
+        <f>Planas!H55</f>
+        <v/>
+      </c>
+      <c r="AQ4" s="111" t="str">
+        <f>Planas!H56</f>
+        <v/>
+      </c>
+      <c r="AR4" s="111" t="str">
+        <f>Planas!H57</f>
+        <v/>
+      </c>
+      <c r="AS4" s="112" t="str">
         <f>Planas!H63</f>
         <v/>
       </c>
-      <c r="AW4" s="113" t="str">
+      <c r="AT4" s="112" t="str">
         <f>Planas!H64</f>
         <v/>
       </c>
-      <c r="AX4" s="113" t="str">
+      <c r="AU4" s="112" t="str">
         <f>Planas!H65</f>
         <v/>
       </c>
-      <c r="AY4" s="113" t="str">
+      <c r="AV4" s="112" t="str">
         <f>Planas!H66</f>
         <v/>
       </c>
-      <c r="AZ4" s="113" t="str">
+      <c r="AW4" s="112" t="str">
         <f>Planas!H67</f>
         <v/>
       </c>
-      <c r="BA4" s="113" t="str">
+      <c r="AX4" s="112" t="str">
         <f>Planas!H68</f>
         <v/>
       </c>
-      <c r="BB4" s="113" t="str">
+      <c r="AY4" s="112" t="str">
         <f>Planas!H69</f>
         <v/>
       </c>
-      <c r="BC4" s="113" t="str">
+      <c r="AZ4" s="112" t="str">
         <f>Planas!H70</f>
         <v/>
       </c>
-      <c r="BD4" s="113" t="str">
+      <c r="BA4" s="112" t="str">
         <f>Planas!H71</f>
         <v/>
       </c>
-      <c r="BE4" s="113" t="str">
+      <c r="BB4" s="112" t="str">
         <f>Planas!H72</f>
         <v/>
       </c>
-      <c r="BF4" s="113">
+      <c r="BC4" s="112" t="str">
+        <f>Planas!H73</f>
+        <v/>
+      </c>
+      <c r="BD4" s="112" t="str">
+        <f>Planas!H74</f>
+        <v/>
+      </c>
+      <c r="BE4" s="112" t="str">
+        <f>Planas!H75</f>
+        <v/>
+      </c>
+      <c r="BF4" s="112">
         <f>Planas!H7</f>
         <v>0</v>
       </c>
-      <c r="BG4" s="152">
+      <c r="BG4" s="164">
         <f>+SUM(E4:BE4)</f>
         <v>0</v>
       </c>
-      <c r="BH4" s="113">
-        <f>+COUNT((E4:AF4),(AH4:AQ4))</f>
+      <c r="BH4" s="112">
+        <f>+COUNT((E4:AG4),(AH4:AR4))</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:68" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G5" s="110"/>
-[...1 lines deleted...]
-      <c r="I5" s="110"/>
+      <c r="G5" s="109"/>
+      <c r="H5" s="109"/>
+      <c r="I5" s="109"/>
+    </row>
+    <row r="10" spans="1:68" x14ac:dyDescent="0.2">
+      <c r="AN10" s="107"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="J2:AG2"/>
     <mergeCell ref="AS2:BE2"/>
     <mergeCell ref="AH2:AR2"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.27559055118110237" right="0.27559055118110237" top="0.78740157480314965" bottom="0.78740157480314965" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A 0 4 F + V v u g f K u m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T l m o M I a U k O r h I Y m J i X J t S o R F + D C 2 W u z l 4 J K 8 g R l E 3 x / e 9 b 3 j v f r 3 x b G j q 4 K I 7 a 1 p I U Y Q p C j S o t j B Q p q h 3 x z B G m e B b q U 6 y 1 M E o g 0 0 G W 6 S o c u 6 c E O K 9 x 3 6 G 2 6 4 k j N K I H P L N T l W 6 k e g j m / 9 y a M A 6 C U o j w f e v M Y L h K J r j e M E w 5 W S C P D f w F d i 4 9 9 n + Q L 7 q a 9 d 3 W m g I 1 0 t O p s j J + 4 N 4 A F B L A w Q U A A I A C A D T g X 5 W D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A 0 4 F + V i i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A 0 4 F + V v u g f K u m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A N O B f l Y P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A 0 4 F + V i i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A K k p H a c 2 V o N K n r H E M G i l X s M A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A o A g / N n 7 s Y J 9 N Z 9 6 K 4 j R + + A 7 T k / J q y 9 g m 1 u k / L Q N w l j Y A A A A A D o A A A A A C A A A g A A A A 5 H w r k 6 D 1 9 / J A b l q 1 P U Y 0 C i j p c I O O O 9 B a Q 4 F / K k Z X + s p Q A A A A c C S A J 4 + Q w W O H Y 1 y V m Z l / 3 U j 1 R Q P q N G M s 6 c y N O G S + S h v s 7 4 j t k W n M v B M C / C R i 2 U B W D v / Y r K d L t Q C 2 M q b Q V l E M U / W B h + D g H x K 5 Y C f + l r m z W A 5 A A A A A w 0 A p a / Q 0 k + M a k 7 s u y D I 3 1 u i H G h p 0 E 4 C 3 G C t g e I d q v k P I a p R G S F i K A z Y I z m v 9 r S R c Z 4 B D 1 V k U R c T N Y 3 o z 6 q Y O K A = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B2AF58D-2B26-4102-A5BB-A1A4E56AA5CE}">
   <ds:schemaRefs>